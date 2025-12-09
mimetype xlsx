--- v0 (2025-10-13)
+++ v1 (2025-12-09)
@@ -30,75 +30,75 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="17">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>2025-06-06</t>
+    <t>2025-05-23</t>
   </si>
   <si>
     <t>09:30</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>12ª Ordinária da 1ª Sessão Legislativa da 25ª Legislatura</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>2025-05-30</t>
+    <t>2025-05-09</t>
   </si>
   <si>
     <t>11ª Ordinária da 1ª Sessão Legislativa da 25ª Legislatura</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>2025-04-25</t>
+    <t>2025-04-04</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>8ª Ordinária da 1ª Sessão Legislativa da 25ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>