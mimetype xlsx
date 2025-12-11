--- v0 (2025-10-12)
+++ v1 (2025-12-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="704" uniqueCount="362">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -127,51 +127,51 @@
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos valores de gratificações dos cargos_x000D_
 em comissdo da Câmara Municipal de Palmeirais e dá outras providéncias.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de convênio de consignação entre o Banco do Brasil e a Câmara Municipal de Palmeirais e dá outras providências</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no-_032025_de_14_de_fevereiro_de_2025.pdf</t>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no_03.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do valor da remuneragao dos cargos em comissdo de Tesoureiro e de Controlador do Poder Legislativo Municipal e altera o quadro de vencimentos do anexo II da Resolução nº 002/2001 e do Anexo Unico da Resolugao nº 001/2004 e dá outras providéncias.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>MORAIS</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no Poder, e depois de ouvido o plenário requerer que seja expedido ao Ilmo. Sr. Secretário de Segurança, FRANCISCO LUCAS COSTA VELOSO, solicitando a criação do Policiamento Rural no município de Palmeirais</t>
   </si>
   <si>
     <t>652</t>
   </si>
@@ -292,50 +292,1111 @@
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao 1/mo. sr. Diretor do DER-PI, solicitando do mesmo a_x000D_
 construção de Redutor de velocidade (quebra molas) na PI -130 em frente a_x000D_
 Quadra de esporte, outro em frente a casa do senhor Firmino Alves e outro em_x000D_
 frente Comercial Nossa Casa. No povoado Riacho dos Negros município de_x000D_
 Palmeirais.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no_x000D_
 Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
 requerer que seja expedido ao llmo. Sr. Washington Bandeira,_x000D_
 Secretário de Educação do Estado do Piauí, solicitando a construção_x000D_
 de uma Subestação elétrica na Unidade Escolar Luís Fernando_x000D_
 Borges do Nascimento no Assentamento José Constâncio Zona_x000D_
 Rural de Palmeirais</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>VINICIUS DO VILANÉ</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_no_112025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador MARCUS VINICIUS DE SOUSA TEIXEIRA, Partido PODEMOS, abaixo signatário, com base na Lei Orgânica do Município, requer, após submetida a proposição ao Plenário, que seja encaminhado ao Senhor Prefeito Municipal o pedido de_x000D_
+providências no intuito que seja promovida a ACESSIBILIDADE nos prédios e praças públicas municipais, através da instalação de rampas e calçadas acessíveis, onde irá promover uma melhor inclusão social das pessoas com deficiência e, das que se_x000D_
+encontram com restrições e/ou mobilidade reduzida</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_no_122025.pdf</t>
+  </si>
+  <si>
+    <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS, com assento neste Poder, vem na forma Regimental e depois de ouvido o Plenário, requerer que seja nos termos da Lei Orgânica do Município, requerido do senhor Prefeito Municipal providências no sentido de que sejam construídos dois (03) três LOMBADAS, sendo uma em frente a Unidade Escolar SEBASTIÃO SOARES RIBEIRO, outra em frente ao comercial "O LUAN" e outra em frente à residência do Sr°. NETO PAULINO, ambas na rua Venâncio Borges.</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_no_132025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, vem na forma regimental e depois de ouvido o plenário, requerer que seja oficiado ao Ilmo. sr. Diretor-Presidente da Equatorial-PI, solicitando do mesmo a substitμição de postes de Madeira por postes de concretos nas ruas da Comunidade Piqui município de Palmeirais</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_no_152025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja oficiado ao 1/mo. sr. Diretor-Presidente da Equatorial-PI, solicitando do mesmo a continuação da rede de energia elétrica trifásica na Comunidade Chapada Fazendinha e a substituição do transformador por outro de maior potencia.</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_no_152025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
+assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja oficiado ao //mo. sr. Diretor-Presidente da Equatorial-PI, solicitando do mesmo a continuação da rede de energia elétrica trifásica na Comunidade Chapada Fazendinha e a substituição do transformador por outro de maior potencia.</t>
+  </si>
+  <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_no_162025.pdf</t>
+  </si>
+  <si>
+    <t>Luis Alberto da Silva Morais, Vereador com assento no Poder,_x000D_
+vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira, Prefeito Municipal, solicitando a reposição de lâmpadas na iluminação pública na Comunidade Chapada do Gato e Assentamento José Constancio</t>
+  </si>
+  <si>
+    <t>667</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_no_172025.pdf</t>
+  </si>
+  <si>
+    <t>Luis Alberto da Silva Morais, Vereador com assento no Poder, vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira, Prefeito Municipal, solicitando 6.000 mil metros de calçamento para beneficiar a Av. Galiana no Povoado Riacho dos Negros saída para o povoado Cabeceiras do Romão</t>
+  </si>
+  <si>
+    <t>668</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_no_182025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente a llmº Senhor Secretário Municipal de Infraestrutura, solicitando uma análise da escoação da água que acumula na av._x000D_
+Gonçalo Barbosa próximo a rodoviária</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_no_192025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando_x000D_
+que tome providências no sentido de em caráter de urgência, seja feito_x000D_
+manutenção na iluminação pública da Avenida José Francisco Feitosa no_x000D_
+Assentamento Corrente.</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_no_202025.pdf</t>
+  </si>
+  <si>
+    <t>Luis Alberto da Silva Morais, Vereador do Solidariedade com assento no Poder, vem na forma regimental e depois de ouvido o plenário requere que seja expedido ao llmo.sr. Superintendente do Incra, solicitando a revisão ocupacional das famílias Assentadas do Assentamento Corrente Nova Esperança</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_no_212025.pdf</t>
+  </si>
+  <si>
+    <t>Luís Alberto da Silva Morais, Vereador do Solidariedade com_x000D_
+assento no Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
+requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira,_x000D_
+Prefeito Municipal, Solicitando o empiçarramento das ruas do povoado_x000D_
+Buritizinho</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>IRMÃO REGIS</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_no_222025.pdf</t>
+  </si>
+  <si>
+    <t>Reginaldo da Silva Freitas, vereador do MDB com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao llmo. Sr, Diretor Presidente do DER-PI solicitando_x000D_
+que seja construído redutor de velocidade (quebra molas) na PI 130 no_x000D_
+Assentamento Castelo em frente ao Posto de Saúde, outro após as residências_x000D_
+neste município</t>
+  </si>
+  <si>
+    <t>673</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_no_232025.pdf</t>
+  </si>
+  <si>
+    <t>Luis Alberto da Silva Morais, Vereador do Solidariedade com_x000D_
+assento no Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
+requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira,_x000D_
+Prefeito Municipal, Solicitando a fazer uma cobertura nos brinquedos do_x000D_
+pátio da creche Mirian Teixeira de Santana Costa no povoado Riacho_x000D_
+dos negros</t>
+  </si>
+  <si>
+    <t>674</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_no_242025.pdf</t>
+  </si>
+  <si>
+    <t>SHAMURAY SOARES DE CARVALHO vereador do_x000D_
+REPUBLICANOS , com assento neste poder vem na forma regimental e depois de_x000D_
+ouvido o plenário, requerer que seja encaminhado expediente ao Secretário de_x000D_
+infraestrutura, Solicitando a manutenção da estrada vicinal que liga o Povoado_x000D_
+Riacho dos Negros ao povoado Morros, destacando a construção de uma bueira na_x000D_
+estrada citada.</t>
+  </si>
+  <si>
+    <t>675</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_no_252025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELL Y VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente a llmª Senhora Secretária Municipal de Educação,_x000D_
+solicito a disponibilização de ônibus escolar para o deslocamento das crianças_x000D_
+que estudam na escola Antonino Lima de Alencar no centro e residem no bairro_x000D_
+Bacuri.</t>
+  </si>
+  <si>
+    <t>676</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_no_262025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento_x000D_
+neste Poder, vem na forma Regimental e depois de ouvido o Plenário,_x000D_
+requerer que seja solicitado do senhor Prefeito Municipal a Implantação_x000D_
+dos abrigos de ponto de parada de Ônibus, na Avenida Luís da Costa_x000D_
+Veloso com as seguintes localizações; parada na entrada do bairro serra_x000D_
+negra, parada do boa e parada Luís do Lau</t>
+  </si>
+  <si>
+    <t>677</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_no_272025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao Secretário de Infraestrutura, Ricardo cruz Moreira_x000D_
+Feitosa, solicitando a construção de um bueiro em via pública, na rua Aristeu Lima com_x000D_
+travessa dos caixeiros</t>
+  </si>
+  <si>
+    <t>678</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_no_282025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITORIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando_x000D_
+que tome providências no sentido de, em caráter de urgência, seja feito a_x000D_
+iluminação pública da Associação Corrente na extensão da localidade na PI 130.</t>
+  </si>
+  <si>
+    <t>679</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_no_292025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao exmo sr. Prefeito Municipal, Solicitando a terraplanagem_x000D_
+e a Pavimentação da rua que da acesso ao campo de futebol Donatão no Bairro_x000D_
+Mucambo</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_no_302025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao exmo sr. Prefeito Municipal, para designar-se ao setor_x000D_
+competente a solicitação de capina e limpeza em toda a extensão das ruas José_x000D_
+Vaqueiro e João Cicera no Bairro Mucambo</t>
+  </si>
+  <si>
+    <t>681</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_no_312025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao exmo sr. Prefeito Municipal, No sentido de viabilizar o_x000D_
+calçamento da rua Macaúba no Bairro Macaúba</t>
+  </si>
+  <si>
+    <t>682</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_no_322025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
+assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja oficiado ao Exmo. sr. Prefeito Municipal, solicitando reforma da_x000D_
+estrada vicinal que liga o Assentamento José Constâncio a comunidade Lago</t>
+  </si>
+  <si>
+    <t>683</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>RAILSON DA SAÚDE</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_no_332025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com assento neste Poder, vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira, Prefeito Municipal, Solicitando a Continuação do Calçamento do Assentamento Fruteiras.</t>
+  </si>
+  <si>
+    <t>684</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_no_342025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
+assento neste Poder, vem na forma regimental e depois de ouvido o_x000D_
+plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de_x000D_
+Oliveira, Prefeito Municipal, Solicitando o Calçamento dos Povoados Mata_x000D_
+Limpa, Sobrado e Barro Duro</t>
+  </si>
+  <si>
+    <t>685</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_no_352025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com assento_x000D_
+neste Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
+requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira,_x000D_
+Prefeito Municipal, Solicitando o Calçamento dos Assentamentos Prata de_x000D_
+Cima e Prata de Baixo</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_no_362025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao exmo sr. Prefeito Municipal, a solicitação de uma caixa_x000D_
+d'água com base, na unidade Escolar Gonçalo Barbosa Soares na comunidade_x000D_
+Penicilina</t>
+  </si>
+  <si>
+    <t>687</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_no_372025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao Exmo sr. Prefeito Municipal, solicitando a pavimentação_x000D_
+em paralelepípedo em toda a extensão em frente à Unidade Escolar Maria Marinheira_x000D_
+Veloso, localizada na Av. Luís da costa veloso.</t>
+  </si>
+  <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_no_382025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao exmo sr. Prefeito Municipal, solicitando a reforma e_x000D_
+ampliação da lavanderia da comunidade Brejinho</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_no_392025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com assento_x000D_
+neste Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
+requerer que seja expedido ao Secretário da SEIO o senhor Mauro_x000D_
+Eduardo Cardoso e Silva, Solicitando a doação de duzentas (200)_x000D_
+camisas para a proclamação da semana do Autismo que será organizada_x000D_
+pela SEMID ( secretaria Municipal de inclusão a pessoa com Deficiência)</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_no_402025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
+assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja encaminhado ao Secretário de Esporte, Antônio Lopes de_x000D_
+Sousa solicitando a instalação de refletores no campo Society do Povoado Riacho_x000D_
+dos Negros em frente a casa do Antônio Milson</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_412025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
+assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja oficiado à Secretária de Educação, Mauricelsa Oliveira dos_x000D_
+Santos, solicitando a manutenção de quatro aparelhos de ar condicionado da_x000D_
+Escola Angélica Ribeiro Borges no Povoado Riacho dos Negros, para que voltem a_x000D_
+funcionar, solicito também a instalação de mais dois aparelhos de ar condicionado_x000D_
+em duas salas que são forradas e sem os citados aparelhos</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_no_422025.pdf</t>
+  </si>
+  <si>
+    <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS, com_x000D_
+assento neste Poder, vem na forma Regimental e depois de ouvido o Plenário, requerer_x000D_
+do senhor Prefeito que seja solicitado ao senhor Secretário de Saúde a mobilização_x000D_
+através da Vigilância Sanitária e todos os demais servidores da saúde e dos demais_x000D_
+órgãos da Gestão Municipal para uma campanha de combate ao Mosquito da Dengue_x000D_
+na cidade e zona rural</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_no_0432025.pdf</t>
+  </si>
+  <si>
+    <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS, com_x000D_
+assento neste Poder, vem na forma Regimental e depois de ouvido o Plenário, requerer_x000D_
+do senhor Prefeito que seja autorizado a recuperação da Ladeira da Comunidade_x000D_
+Leandro, zona rural de nosso Município</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_no_0442025.pdf</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_no_0452025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
+assento no Poder Legislativo Municipal de Palmeirais Piauí, e depois_x000D_
+de ouvido o plenário requere que seja expedido ao Secretário de_x000D_
+Esportes, sr. Antônio Lopes de Sousa, solicitando instalação de novas_x000D_
+traves no campo de futebol do povoado Mata Limpa ,neste Município</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_no_0462025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
+assento no Poder Legislativo Municipal de Palmeirais Piauí, e depois_x000D_
+de ouvido o plenário requere que seja expedido ao limo.sr. Secretário_x000D_
+Municipal de Infraestrutura, sr. Ricardo Cruz Moreira Feitosa,_x000D_
+solicitando a recuperação de duas ladeiras na estrada vicinal que liga_x000D_
+os povoados Chapada e Buritizinho neste Município</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_no_0472025.pdf</t>
+  </si>
+  <si>
+    <t>Shamuray Soares de Carvalho, vereador do Republicanos, com_x000D_
+assento neste poder vem ná 'forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja encaminhado expediente à Gerente de relacionamento de_x000D_
+Grandes Clientes, llmª.sr'. Marina Cristiane dos Santos Carneiro, solicitando a_x000D_
+retirada de gambiarras na zona urbana nos bairros São João Batista e Nicolau e na_x000D_
+zona rural nos povoados C.h~pada Fazendinha e Matinha deste município</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_no_0482025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA·CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expepie,nte a llmº Senhor Secretário Municipal de_x000D_
+Infraestrutura, solicitando que seja feita a recuperação das ruas, nas comunidades_x000D_
+Buritizinho e Tranqueira, que não possuem pavimentação em paralelepípedo</t>
+  </si>
+  <si>
+    <t>699</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_no_0492025.pdf</t>
+  </si>
+  <si>
+    <t>Shamuray Soares de Carvalho, vereador do Republicanos, com_x000D_
+assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja encaminhado expediente ao Exmº Prefeito municipal, solicitando_x000D_
+á autorização de interdição e sinalização para o uso de pedestres e ciclistas em_x000D_
+uma das vias na Avenida Gonçalo Barbosa Soares na sede deste município</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_no_0502025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao Exmo sr. Prefeito Municipal, solicitando um mutirão de_x000D_
+limpeza em todas as ruas da comunidade Tranqueira neste Município.</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_no_0512025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao Exmo.sr. Prefeito municipal solicitando a instalação de_x000D_
+arquibancadas no campo de futebol Donatão localizado no bairro Mucambo, neste_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_no_0522025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma reg imental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao DER-PI (departamento de estradas e rodagens),_x000D_
+solicitando por meio desse requerimento a instalação de redutores de velocidades(_x000D_
+quebra molas) nas seguintes localizações . na Pl130 na entrada da rua José Vaqueiro(_x000D_
+Mucambo), em frente a casa dos senhores; Benedito da Neusa, Ocimá Miranda, na vila_x000D_
+Jose Francisco na comunidade Corrente, e em frente ao Posto de Saúde do_x000D_
+Assentamento Castelo</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_no_0532025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
+assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja oficiado ao Exmo. Senhor Prefeito Municipal solicitando o_x000D_
+serviço de revitalização e melhoria da ladeira da comunidade Redonda na estrada_x000D_
+que liga as Regiões do Povoado Lago e a Comunidade Citada</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_no_0542025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo.Senhor Secretario de Esportes, Antônio_x000D_
+Lopes de Sousa solicitando informações sobre a funcionalidade do Campo de_x000D_
+futebol Donatão.</t>
+  </si>
+  <si>
+    <t>705</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_no_0552025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo.Senhor Secretario de Meio Ambiente_x000D_
+Leandro Ferreira Borges, solicitando informações sobre as queimadas , as políticas_x000D_
+educacionais que estão sendo desenvolvidas e a aplicação de multas em caso de_x000D_
+descumprimento do que estabelece a Lei Municipal</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_no_0562025.pdf</t>
+  </si>
+  <si>
+    <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS,_x000D_
+com assento neste Poder, vem na forma Regimental e depois de ouvido o_x000D_
+Plenário, requerer do Senhor Prefeito JOSÉ BALTAZAR DE OLIVEIRA a_x000D_
+conclusão da pavimentação das Ruas SÃO LUÍS, Rua 21 de abril e Rua_x000D_
+Fortaleza todas localizadas no Bairro SERRA NEGRA, zona urbana do nosso_x000D_
+Município, no cronograma de obras da Prefeitura Municipal</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_no_0572025.pdf</t>
+  </si>
+  <si>
+    <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS,_x000D_
+com assento neste Poder, vem na forma Regimental e depois de ouvido o_x000D_
+Plenário, requerer do Senhor Prefeito JOSÉ BALTAZAR DE OLIVEIRA , que_x000D_
+seja perfurado um poço turbular com a base e caixa de água de 10 mil litros, na_x000D_
+comunidade Vitória Municipio de Palmeirais</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_no_0582025.pdf</t>
+  </si>
+  <si>
+    <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao Exr:no.sr. Prefeito municipal solicitando a instalação da_x000D_
+placa de identificação na entrada da cidade no Bairro Santa Rosa</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_no_0592025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo.Senhor Prefeito Municipal, solicitando_x000D_
+que seja feito pinturas nos quebras molas da avenida Luiz da Costa Veloso</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_no_0602025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmº. Senhor Prefeito Municipal José Baltazar_x000D_
+de Oliveira, solicitando que tome providências no sentido de reestabelecer em_x000D_
+caráter de urgência a iluminação pública do da avenida principal do bairro Boa_x000D_
+Vista.</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_no_0622025.pdf</t>
+  </si>
+  <si>
+    <t>Reginaldo da Silva Freitas, vereador do MDB com assento neste_x000D_
+poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
+encaminhado expediente ao Exmº.Senhor Prefeito Municipal José Baltazar de_x000D_
+Oliveira, Solicitando a recuperação de um buraco em via pública que se encontra_x000D_
+alagado na Av. Luis da costa Veloso cruzando com a Av. Gonçalo Barbosa_x000D_
+Soares, Proximo ao Cemitério do centro</t>
+  </si>
+  <si>
+    <t>712</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_no_0632025_a.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando_x000D_
+que sejam distribuídos tambores de coleta de lixo em pontos estratégios nas ruas e_x000D_
+avenidas especialmente no Centro da cidade</t>
+  </si>
+  <si>
+    <t>713</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_no_0642025.pdf</t>
+  </si>
+  <si>
+    <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
+neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
+seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, e ao llmo Sr,_x000D_
+Secretário Municipal de Finanças, solicitando esclarecimentos sobre qual a_x000D_
+previsão para a climatização das escolas da rede Municipal de Ensino, diante das_x000D_
+constates reclamações de alunos , professores e comunidade escolar,_x000D_
+especialmente neste período de altas temperaturas que afeta o bem-estar e o_x000D_
+rendimento escolar</t>
+  </si>
+  <si>
+    <t>714</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_no_0652025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador, Reginaldo Freitas, que o presente subscreve, no uso de suas atribuições legais_x000D_
+e regimentais, vem respeitosamente à presença de Vossa Excelência, após ouvido o_x000D_
+Plenário, REQUERER que seja encaminhado a Poder Executivo Municipal, por intermédio_x000D_
+da Secretaria competente, solicitação de informações detalhadas acerca das licitações_x000D_
+realizadas pelo Município de Palmeirais-PI, no período compreendido entre janeiro de 2021_x000D_
+até a presente data (04/09/2025), referentes a:_x000D_
+1. Recuperação de estradas vicinais;_x000D_
+2. Execução de pavimentação em paralelepípedo;_x000D_
+3. Execução de pavimentação asfáltica</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_no_0662025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
+assento neste Poder, vem na forma regimental e depois de ouvido o_x000D_
+plenário requerer que seja expedido ao Secretário de Esportes, Antônio_x000D_
+Lopes de Sousa Solicitando, Melhoria na Iluminação dos Campos de_x000D_
+Futebol, das Comunidades, Estamos unidos, Renascer e São Joaquim</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_no_67.2025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com assento neste Poder, vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Diretor do DER-PI, Leandro Sobral, solicitando a construção de Quebra-Molas na PI-130 na altura da Comunidade Estamos Unidos</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_no_68.2025.pdf</t>
+  </si>
+  <si>
+    <t>Railson Pereira da Silva, Vereador do Solidariedade com assento neste Poder, vem na fo rma regimental e depois de ouvido o plenário requerer que seja expedido ao Prefeito Municipal, José Baltazar de Oliveira, solicitando Melhoria na estrada Vicinal que liga a Comunidade Sputinik a Comunidade Coxo bem como a Melhoria na Ladeira da Comunidade Chapada do Gato que da acesso ao Povoado Buritizinho</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_no_69.2025.pdf</t>
+  </si>
+  <si>
+    <t>Shamuray Soares de Carvalho, vereador do Republicanos, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja encaminhado expediente a Secretária de Educação, solicitando melhorias na Escola Angélica Ribeiro Borges no Povoado Riacho dos Negros, devido ter sido encontrado vários problemas; Banheiros sem descarga funcionando, Torneiras sem água, consequência da grande falta de abastecimento em todo município, falta de uma caixa d'água que poderia suprir a demanda da escola, aparelhos de ar-condicionado parados há anos por falta de manutenção, deixando os alunos em salas quentes e sem climatização adequada, ventiladoresquebrados, reclamações de alunos sobre a merenda.</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_no_70.2025.pdf</t>
+  </si>
+  <si>
+    <t>Shamuray Soares de Carvalho, vereador do Republicanos, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja encaminhado expediente a Secretária de Educação, solicitando melhorias na estrutura da Unidade Escolar Manoel Almeida de Alencar no Povoado Cafundó, pois a realidade que encontramos é de total descaso; Salas de aula sem iluminação devido as lâmpadas queimadas, Ventiladores quebrados ou necessitando de manutenção, janelas destruídas em diversas salas, esgoto a céu aberto e fossa aberta, Cadeiras em péssimo estado, animais circulando constantemente dentro da escola, banheiros sem descarga funcionando e sem trancas nas portas</t>
+  </si>
+  <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_no_71.2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita do Poder Execut ivo Municipal, por meio da Secretaria competente, a recuperação das estradas vicinais que dão acesso às localidades Chapada do Gato, Buritizinho, Prata, Mata limpa, Chapada/Fazendinha e Coxo, todas pertencentes ao Município de Palmeirais - PI</t>
+  </si>
+  <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_no_72.2025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja oficiado ao Exmo. Senhor Prefeito Municipal, solicitando que seja feito calçamentos nas ladeiras das estradas vicinais que liga a Cabeceiras do Alferes, Chapada do Gato, Boa Nova e ladeira do Espirita Santo</t>
+  </si>
+  <si>
+    <t>729</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>RODRIGO TEIXEIRA</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_no_73.2025.pdf</t>
+  </si>
+  <si>
+    <t>RODRIGO ÉRIC PEREIRA TEIXEIRA, Vereador do Partido dos Trabalhadores - PT, com assento nesse Poder, vem na forma Regimental e depois_x000D_
+de ouvido o Plenário, requerer que seja encaminhado expediente ao llmo. sr. Francisco Lucas Costa Veloso, Secretário de Segurança Publica do Estado do_x000D_
+Piauí, solicitar o aumento do policiamento civil e militar e mais operações policiais em nosso Município</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_no_74.2025.pdf</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
+requerer que seja oficiado ao Exmo. Senhor Prefeito Municipal solicitando que seja instaladas câmeras nas entradas e locais estratégicos na cidade de Palmeirais</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portarias</t>
+  </si>
+  <si>
+    <t>MARCELO AUGUSTO DA SILVA</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/716/portaria_no_01.2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomear o senhor ELIZANDRO FERREIRA BORGES, RG nº 1.676.414_x000D_
+SSP-PI , E CPF Nº 640.777.803-49 para ocupar o cargo de TESOUREIRO da_x000D_
+Câmara Municipal de Palmeirais Piauí até ulterior deliberação</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/717/portaria_no_02.2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomear a senhora Jakeline e Silva Soares da Rocha, RG nº 1.589.149_x000D_
+CPF nº 859.045.883-04 para ocupar o cargo de CONTROLADORA da Câmara_x000D_
+Municipal de Palmeirais Piauí até ulterior deliberação</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/718/portaria_no_03.2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomear o senhor Marcondes Cruz Teixeira Filho, RG nº 1.630.827 e_x000D_
+CPF nº 048.603.1 83-74 para ocupar o cargo de Assessor Parlamentar da_x000D_
+Câmara Municipal de Palmeirais Piauí até ulterior deliberação.</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/719/portaria_no_05.2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomear o senhor Francisco Edson Soares da Costa, CPF nº_x000D_
+655.007.413-49 para ocupar o cargo de Diretor Administrativo da Câmara_x000D_
+Municipal de Palmeirais Piauí até ulterior deliberação</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/720/portaria_no_06.2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomear Agente de Contratação e Pregoeiro da Câmara Municipal de Palmeirais e_x000D_
+sua equipe de apoio, com competência de conduzir as Licitações, na ordem que se_x000D_
+apresentam, sob auxílio de Assessoria Jurídica Especializada</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/721/portaria_no_07.2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomear o senhor Lailson Ferreira Lustosa, CPF nº 067.232.863-16 para_x000D_
+ocupar o cargo de Chefe de Gabinete da Câmara Municipal de Palmeirais Piauí_x000D_
+até ulterior deliberação</t>
+  </si>
+  <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/722/portaria_no_08.2025.pdf</t>
+  </si>
+  <si>
+    <t>Exonerar o senhor Marcondes Cruz Teixeira Filho, RG nº 1.630.827 e_x000D_
+CPF nº 048.603.183-74 do cargo de Assessor Parlamentar da Câmara_x000D_
+Municipal de Palmeirais Piauí até ulterior deliberação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -639,67 +1700,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_022025_de_29_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_032025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_042025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no-_032025_de_14_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_no_022025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_no_032025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_no_042025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_no_052025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_062025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_no_072025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_no_082025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_no_092025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_022025_de_29_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_032025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_042025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_no_022025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_no_032025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_no_042025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_no_052025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_062025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_no_072025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_no_082025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_no_092025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_no_112025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_no_122025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_no_132025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_no_152025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_no_152025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_no_162025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_no_172025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_no_182025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_no_192025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_no_202025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_no_212025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_no_222025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_no_232025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_no_242025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_no_252025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_no_262025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_no_272025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_no_282025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_no_292025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_no_302025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_no_312025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_no_322025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_no_332025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_no_342025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_no_352025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_no_362025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_no_372025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_no_382025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_no_392025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_no_402025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_412025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_no_422025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_no_0432025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_no_0442025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_no_0452025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_no_0462025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_no_0472025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_no_0482025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_no_0492025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_no_0502025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_no_0512025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_no_0522025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_no_0532025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_no_0542025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_no_0552025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_no_0562025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_no_0572025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_no_0582025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_no_0592025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_no_0602025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_no_0622025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_no_0632025_a.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_no_0642025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_no_0652025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_no_0662025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_no_67.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_no_68.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_no_69.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_no_70.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_no_71.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_no_72.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_no_73.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/716/portaria_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/717/portaria_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/718/portaria_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/719/portaria_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/720/portaria_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/721/portaria_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/722/portaria_no_08.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="30.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="133.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1126,71 +2187,1961 @@
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>79</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H18" t="s">
         <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H25" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>113</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H26" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" t="s">
+        <v>41</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>113</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H27" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H28" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H29" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" t="s">
+        <v>41</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>130</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>41</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>50</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>113</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H33" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" t="s">
+        <v>41</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" t="s">
+        <v>41</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>113</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H36" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" t="s">
+        <v>41</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" t="s">
+        <v>41</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>54</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H39" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" t="s">
+        <v>41</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>63</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" t="s">
+        <v>41</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>175</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H41" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>178</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>179</v>
+      </c>
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>175</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H42" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>182</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>175</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H43" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>186</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>187</v>
+      </c>
+      <c r="D44" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H44" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>191</v>
+      </c>
+      <c r="D45" t="s">
+        <v>41</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H45" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" t="s">
+        <v>41</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H46" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>198</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>199</v>
+      </c>
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>175</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H47" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>202</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>203</v>
+      </c>
+      <c r="D48" t="s">
+        <v>41</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>63</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H48" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>206</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>207</v>
+      </c>
+      <c r="D49" t="s">
+        <v>41</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>63</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H49" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>210</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>211</v>
+      </c>
+      <c r="D50" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>84</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H50" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>214</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>215</v>
+      </c>
+      <c r="D51" t="s">
+        <v>41</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>84</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H51" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>218</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>219</v>
+      </c>
+      <c r="D52" t="s">
+        <v>41</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>84</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H52" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>41</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>175</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H53" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>226</v>
+      </c>
+      <c r="D54" t="s">
+        <v>41</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>175</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H54" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55" t="s">
+        <v>41</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>50</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H55" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>234</v>
+      </c>
+      <c r="D56" t="s">
+        <v>41</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>113</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>238</v>
+      </c>
+      <c r="D57" t="s">
+        <v>41</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>50</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H57" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" t="s">
+        <v>41</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>54</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H58" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>246</v>
+      </c>
+      <c r="D59" t="s">
+        <v>41</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>54</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H59" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>250</v>
+      </c>
+      <c r="D60" t="s">
+        <v>41</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>54</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H60" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>254</v>
+      </c>
+      <c r="D61" t="s">
+        <v>41</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>63</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H61" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>258</v>
+      </c>
+      <c r="D62" t="s">
+        <v>41</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>113</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H62" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>262</v>
+      </c>
+      <c r="D63" t="s">
+        <v>41</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>113</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H63" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" t="s">
+        <v>41</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>84</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H64" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>269</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>270</v>
+      </c>
+      <c r="D65" t="s">
+        <v>41</v>
+      </c>
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>84</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H65" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>273</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>274</v>
+      </c>
+      <c r="D66" t="s">
+        <v>41</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>54</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H66" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>277</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" t="s">
+        <v>41</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>113</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H67" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>281</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" t="s">
+        <v>41</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>113</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H68" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>285</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>286</v>
+      </c>
+      <c r="D69" t="s">
+        <v>41</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>130</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H69" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>289</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>290</v>
+      </c>
+      <c r="D70" t="s">
+        <v>41</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>113</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H70" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>293</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>294</v>
+      </c>
+      <c r="D71" t="s">
+        <v>41</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>113</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H71" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>297</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>298</v>
+      </c>
+      <c r="D72" t="s">
+        <v>41</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>130</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H72" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>301</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>302</v>
+      </c>
+      <c r="D73" t="s">
+        <v>41</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>175</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H73" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" t="s">
+        <v>41</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>175</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H74" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>309</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>310</v>
+      </c>
+      <c r="D75" t="s">
+        <v>41</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>175</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H75" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>313</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>314</v>
+      </c>
+      <c r="D76" t="s">
+        <v>41</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>50</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H76" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>318</v>
+      </c>
+      <c r="D77" t="s">
+        <v>41</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>50</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H77" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>321</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>322</v>
+      </c>
+      <c r="D78" t="s">
+        <v>41</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>113</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H78" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>326</v>
+      </c>
+      <c r="D79" t="s">
+        <v>41</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>63</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H79" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>330</v>
+      </c>
+      <c r="D80" t="s">
+        <v>41</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>331</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H80" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>334</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>335</v>
+      </c>
+      <c r="D81" t="s">
+        <v>41</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>63</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H81" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>338</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" t="s">
+        <v>339</v>
+      </c>
+      <c r="E82" t="s">
+        <v>340</v>
+      </c>
+      <c r="F82" t="s">
+        <v>341</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H82" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>344</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" t="s">
+        <v>339</v>
+      </c>
+      <c r="E83" t="s">
+        <v>340</v>
+      </c>
+      <c r="F83" t="s">
+        <v>341</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H83" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D84" t="s">
+        <v>339</v>
+      </c>
+      <c r="E84" t="s">
+        <v>340</v>
+      </c>
+      <c r="F84" t="s">
+        <v>341</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H84" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>350</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>58</v>
+      </c>
+      <c r="D85" t="s">
+        <v>339</v>
+      </c>
+      <c r="E85" t="s">
+        <v>340</v>
+      </c>
+      <c r="F85" t="s">
+        <v>341</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H85" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>353</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>62</v>
+      </c>
+      <c r="D86" t="s">
+        <v>339</v>
+      </c>
+      <c r="E86" t="s">
+        <v>340</v>
+      </c>
+      <c r="F86" t="s">
+        <v>341</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H86" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>356</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>67</v>
+      </c>
+      <c r="D87" t="s">
+        <v>339</v>
+      </c>
+      <c r="E87" t="s">
+        <v>340</v>
+      </c>
+      <c r="F87" t="s">
+        <v>341</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H87" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>359</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>71</v>
+      </c>
+      <c r="D88" t="s">
+        <v>339</v>
+      </c>
+      <c r="E88" t="s">
+        <v>340</v>
+      </c>
+      <c r="F88" t="s">
+        <v>341</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H88" t="s">
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>