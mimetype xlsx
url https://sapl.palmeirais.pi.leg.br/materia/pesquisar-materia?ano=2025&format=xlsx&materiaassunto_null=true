--- v1 (2025-12-11)
+++ v2 (2026-03-13)
@@ -54,1344 +54,1344 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>José Baltazar de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_001.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_001.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o reajuste do novo Piso Salarial dos Professores da Educação Básica do município de Palmeirais e dá outras providências.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_022025_de_29_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_022025_de_29_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Novo Incentivo Financeiro Variável de Pagamento do Componente de Qualidade da Atenção Primária à Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_032025_de_12_de_marco_de_2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_032025_de_12_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização dos recursos extraordinários decorrentes do precatório referentes aos valores do FUNDEF, para definição dos percentuais e dos critérios para rateio e aplicação dos recursos, conforme destinação originaria prevista nesta lei</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_042025_de_12_de_marco_de_2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_042025_de_12_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos valores de gratificações dos cargos_x000D_
 em comissdo da Câmara Municipal de Palmeirais e dá outras providéncias.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de convênio de consignação entre o Banco do Brasil e a Câmara Municipal de Palmeirais e dá outras providências</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no_03.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no_03.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do valor da remuneragao dos cargos em comissdo de Tesoureiro e de Controlador do Poder Legislativo Municipal e altera o quadro de vencimentos do anexo II da Resolução nº 002/2001 e do Anexo Unico da Resolugao nº 001/2004 e dá outras providéncias.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>MORAIS</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no Poder, e depois de ouvido o plenário requerer que seja expedido ao Ilmo. Sr. Secretário de Segurança, FRANCISCO LUCAS COSTA VELOSO, solicitando a criação do Policiamento Rural no município de Palmeirais</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_no_022025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_no_022025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no_x000D_
 Poder, vem na forma regimental e depois de ouvido o plenário requere_x000D_
 que seja expedido ao llmo.sr. Superintendente do Incra, solicitando do_x000D_
 mesmo que seja feito entrega dos 82 títulos do PA das famílias do_x000D_
 Assentamento José Constâncio zona rural do município de_x000D_
 Palmeirais</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>SHURAY DO ARROZ</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_no_032025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_no_032025.pdf</t>
   </si>
   <si>
     <t>Shamuray Soares de Carvalho, vereador do Republicanos, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, para_x000D_
 que designe a Secretaria de Infraestrutura do nosso município solicitando_x000D_
 melhorias na rua Sumaré no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_no_042025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_no_042025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA~ Vereador do PDT, com assento_x000D_
 neste Poder, vem na forma Regimental e depois de ouvido o Plenário,_x000D_
 requerer que seja solicitado do senhor Prefeito Municipal providências_x000D_
 no sentido para que o mesmo designe ao setor competente que faça uma_x000D_
 Manutenção da Iluminação pública na sede do nosso município</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_no_052025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_no_052025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja encaminhado expediente ao Ilustríssimo Diretor-presidente da Equatorial Piauí, Hélio Reinaldo Rafael Filho, solicitando a retirada das gambiarras existentes na rua Aureliano Chaves, no bairro São João Batista, do município de Palmeirais Piauí</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>MARCELO DO CASTELHANO</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_062025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_062025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA, vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja encaminhado expediente ao Secretário de Saúde o Senhor, Jânio César Nunes da silva solicitando a construção de um Posto de Saúde na Comunidade Fazendinha.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_no_072025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_no_072025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA, vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado expediente ao Secretário de Infraestrutura o_x000D_
 Senhor, Ricardo Cruz Moreira Feitosa, solicitando a inclusão da rua Lourival_x000D_
 Balduíno de Sousa no Povoado Brejinho, na programação da próxima etapa de_x000D_
 calçamentos, para a conclusão da mesma</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_no_082025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_no_082025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao exmo. sr. Baltazar Campos Prefeito Municipal,_x000D_
 solicitando do mesmo a construção de um poço tubular na Comunidade_x000D_
 Fazendinha.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_no_092025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_no_092025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao 1/mo. sr. Diretor do DER-PI, solicitando do mesmo a_x000D_
 construção de Redutor de velocidade (quebra molas) na PI -130 em frente a_x000D_
 Quadra de esporte, outro em frente a casa do senhor Firmino Alves e outro em_x000D_
 frente Comercial Nossa Casa. No povoado Riacho dos Negros município de_x000D_
 Palmeirais.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no_x000D_
 Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
 requerer que seja expedido ao llmo. Sr. Washington Bandeira,_x000D_
 Secretário de Educação do Estado do Piauí, solicitando a construção_x000D_
 de uma Subestação elétrica na Unidade Escolar Luís Fernando_x000D_
 Borges do Nascimento no Assentamento José Constâncio Zona_x000D_
 Rural de Palmeirais</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>VINICIUS DO VILANÉ</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_no_112025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_no_112025.pdf</t>
   </si>
   <si>
     <t>O Vereador MARCUS VINICIUS DE SOUSA TEIXEIRA, Partido PODEMOS, abaixo signatário, com base na Lei Orgânica do Município, requer, após submetida a proposição ao Plenário, que seja encaminhado ao Senhor Prefeito Municipal o pedido de_x000D_
 providências no intuito que seja promovida a ACESSIBILIDADE nos prédios e praças públicas municipais, através da instalação de rampas e calçadas acessíveis, onde irá promover uma melhor inclusão social das pessoas com deficiência e, das que se_x000D_
 encontram com restrições e/ou mobilidade reduzida</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_no_122025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_no_122025.pdf</t>
   </si>
   <si>
     <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS, com assento neste Poder, vem na forma Regimental e depois de ouvido o Plenário, requerer que seja nos termos da Lei Orgânica do Município, requerido do senhor Prefeito Municipal providências no sentido de que sejam construídos dois (03) três LOMBADAS, sendo uma em frente a Unidade Escolar SEBASTIÃO SOARES RIBEIRO, outra em frente ao comercial "O LUAN" e outra em frente à residência do Sr°. NETO PAULINO, ambas na rua Venâncio Borges.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_no_132025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_no_132025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, vem na forma regimental e depois de ouvido o plenário, requerer que seja oficiado ao Ilmo. sr. Diretor-Presidente da Equatorial-PI, solicitando do mesmo a substitμição de postes de Madeira por postes de concretos nas ruas da Comunidade Piqui município de Palmeirais</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_no_152025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_no_152025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja oficiado ao 1/mo. sr. Diretor-Presidente da Equatorial-PI, solicitando do mesmo a continuação da rede de energia elétrica trifásica na Comunidade Chapada Fazendinha e a substituição do transformador por outro de maior potencia.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_no_152025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_no_152025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja oficiado ao //mo. sr. Diretor-Presidente da Equatorial-PI, solicitando do mesmo a continuação da rede de energia elétrica trifásica na Comunidade Chapada Fazendinha e a substituição do transformador por outro de maior potencia.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_no_162025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_no_162025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no Poder,_x000D_
 vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira, Prefeito Municipal, solicitando a reposição de lâmpadas na iluminação pública na Comunidade Chapada do Gato e Assentamento José Constancio</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_no_172025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_no_172025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador com assento no Poder, vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira, Prefeito Municipal, solicitando 6.000 mil metros de calçamento para beneficiar a Av. Galiana no Povoado Riacho dos Negros saída para o povoado Cabeceiras do Romão</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_no_182025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_no_182025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente a llmº Senhor Secretário Municipal de Infraestrutura, solicitando uma análise da escoação da água que acumula na av._x000D_
 Gonçalo Barbosa próximo a rodoviária</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_no_192025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_no_192025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando_x000D_
 que tome providências no sentido de em caráter de urgência, seja feito_x000D_
 manutenção na iluminação pública da Avenida José Francisco Feitosa no_x000D_
 Assentamento Corrente.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_no_202025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_no_202025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador do Solidariedade com assento no Poder, vem na forma regimental e depois de ouvido o plenário requere que seja expedido ao llmo.sr. Superintendente do Incra, solicitando a revisão ocupacional das famílias Assentadas do Assentamento Corrente Nova Esperança</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_no_212025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_no_212025.pdf</t>
   </si>
   <si>
     <t>Luís Alberto da Silva Morais, Vereador do Solidariedade com_x000D_
 assento no Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
 requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira,_x000D_
 Prefeito Municipal, Solicitando o empiçarramento das ruas do povoado_x000D_
 Buritizinho</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>IRMÃO REGIS</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_no_222025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_no_222025.pdf</t>
   </si>
   <si>
     <t>Reginaldo da Silva Freitas, vereador do MDB com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao llmo. Sr, Diretor Presidente do DER-PI solicitando_x000D_
 que seja construído redutor de velocidade (quebra molas) na PI 130 no_x000D_
 Assentamento Castelo em frente ao Posto de Saúde, outro após as residências_x000D_
 neste município</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_no_232025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_no_232025.pdf</t>
   </si>
   <si>
     <t>Luis Alberto da Silva Morais, Vereador do Solidariedade com_x000D_
 assento no Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
 requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira,_x000D_
 Prefeito Municipal, Solicitando a fazer uma cobertura nos brinquedos do_x000D_
 pátio da creche Mirian Teixeira de Santana Costa no povoado Riacho_x000D_
 dos negros</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_no_242025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_no_242025.pdf</t>
   </si>
   <si>
     <t>SHAMURAY SOARES DE CARVALHO vereador do_x000D_
 REPUBLICANOS , com assento neste poder vem na forma regimental e depois de_x000D_
 ouvido o plenário, requerer que seja encaminhado expediente ao Secretário de_x000D_
 infraestrutura, Solicitando a manutenção da estrada vicinal que liga o Povoado_x000D_
 Riacho dos Negros ao povoado Morros, destacando a construção de uma bueira na_x000D_
 estrada citada.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_no_252025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_no_252025.pdf</t>
   </si>
   <si>
     <t>MYCHELL Y VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente a llmª Senhora Secretária Municipal de Educação,_x000D_
 solicito a disponibilização de ônibus escolar para o deslocamento das crianças_x000D_
 que estudam na escola Antonino Lima de Alencar no centro e residem no bairro_x000D_
 Bacuri.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_no_262025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_no_262025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento_x000D_
 neste Poder, vem na forma Regimental e depois de ouvido o Plenário,_x000D_
 requerer que seja solicitado do senhor Prefeito Municipal a Implantação_x000D_
 dos abrigos de ponto de parada de Ônibus, na Avenida Luís da Costa_x000D_
 Veloso com as seguintes localizações; parada na entrada do bairro serra_x000D_
 negra, parada do boa e parada Luís do Lau</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_no_272025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_no_272025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao Secretário de Infraestrutura, Ricardo cruz Moreira_x000D_
 Feitosa, solicitando a construção de um bueiro em via pública, na rua Aristeu Lima com_x000D_
 travessa dos caixeiros</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_no_282025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_no_282025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITORIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando_x000D_
 que tome providências no sentido de, em caráter de urgência, seja feito a_x000D_
 iluminação pública da Associação Corrente na extensão da localidade na PI 130.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_no_292025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_no_292025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao exmo sr. Prefeito Municipal, Solicitando a terraplanagem_x000D_
 e a Pavimentação da rua que da acesso ao campo de futebol Donatão no Bairro_x000D_
 Mucambo</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_no_302025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_no_302025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao exmo sr. Prefeito Municipal, para designar-se ao setor_x000D_
 competente a solicitação de capina e limpeza em toda a extensão das ruas José_x000D_
 Vaqueiro e João Cicera no Bairro Mucambo</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_no_312025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_no_312025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao exmo sr. Prefeito Municipal, No sentido de viabilizar o_x000D_
 calçamento da rua Macaúba no Bairro Macaúba</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_no_322025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_no_322025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao Exmo. sr. Prefeito Municipal, solicitando reforma da_x000D_
 estrada vicinal que liga o Assentamento José Constâncio a comunidade Lago</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>RAILSON DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_no_332025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_no_332025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com assento neste Poder, vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira, Prefeito Municipal, Solicitando a Continuação do Calçamento do Assentamento Fruteiras.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_no_342025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_no_342025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
 assento neste Poder, vem na forma regimental e depois de ouvido o_x000D_
 plenário requerer que seja expedido ao Exmo. Sr. José Baltazar de_x000D_
 Oliveira, Prefeito Municipal, Solicitando o Calçamento dos Povoados Mata_x000D_
 Limpa, Sobrado e Barro Duro</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_no_352025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_no_352025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com assento_x000D_
 neste Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
 requerer que seja expedido ao Exmo. Sr. José Baltazar de Oliveira,_x000D_
 Prefeito Municipal, Solicitando o Calçamento dos Assentamentos Prata de_x000D_
 Cima e Prata de Baixo</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_no_362025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_no_362025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao exmo sr. Prefeito Municipal, a solicitação de uma caixa_x000D_
 d'água com base, na unidade Escolar Gonçalo Barbosa Soares na comunidade_x000D_
 Penicilina</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_no_372025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_no_372025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao Exmo sr. Prefeito Municipal, solicitando a pavimentação_x000D_
 em paralelepípedo em toda a extensão em frente à Unidade Escolar Maria Marinheira_x000D_
 Veloso, localizada na Av. Luís da costa veloso.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_no_382025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_no_382025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao exmo sr. Prefeito Municipal, solicitando a reforma e_x000D_
 ampliação da lavanderia da comunidade Brejinho</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_no_392025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_no_392025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com assento_x000D_
 neste Poder, vem na forma regimental e depois de ouvido o plenário_x000D_
 requerer que seja expedido ao Secretário da SEIO o senhor Mauro_x000D_
 Eduardo Cardoso e Silva, Solicitando a doação de duzentas (200)_x000D_
 camisas para a proclamação da semana do Autismo que será organizada_x000D_
 pela SEMID ( secretaria Municipal de inclusão a pessoa com Deficiência)</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_no_402025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_no_402025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado ao Secretário de Esporte, Antônio Lopes de_x000D_
 Sousa solicitando a instalação de refletores no campo Society do Povoado Riacho_x000D_
 dos Negros em frente a casa do Antônio Milson</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_412025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_412025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado à Secretária de Educação, Mauricelsa Oliveira dos_x000D_
 Santos, solicitando a manutenção de quatro aparelhos de ar condicionado da_x000D_
 Escola Angélica Ribeiro Borges no Povoado Riacho dos Negros, para que voltem a_x000D_
 funcionar, solicito também a instalação de mais dois aparelhos de ar condicionado_x000D_
 em duas salas que são forradas e sem os citados aparelhos</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_no_422025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_no_422025.pdf</t>
   </si>
   <si>
     <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS, com_x000D_
 assento neste Poder, vem na forma Regimental e depois de ouvido o Plenário, requerer_x000D_
 do senhor Prefeito que seja solicitado ao senhor Secretário de Saúde a mobilização_x000D_
 através da Vigilância Sanitária e todos os demais servidores da saúde e dos demais_x000D_
 órgãos da Gestão Municipal para uma campanha de combate ao Mosquito da Dengue_x000D_
 na cidade e zona rural</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_no_0432025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_no_0432025.pdf</t>
   </si>
   <si>
     <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS, com_x000D_
 assento neste Poder, vem na forma Regimental e depois de ouvido o Plenário, requerer_x000D_
 do senhor Prefeito que seja autorizado a recuperação da Ladeira da Comunidade_x000D_
 Leandro, zona rural de nosso Município</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_no_0442025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_no_0442025.pdf</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_no_0452025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_no_0452025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
 assento no Poder Legislativo Municipal de Palmeirais Piauí, e depois_x000D_
 de ouvido o plenário requere que seja expedido ao Secretário de_x000D_
 Esportes, sr. Antônio Lopes de Sousa, solicitando instalação de novas_x000D_
 traves no campo de futebol do povoado Mata Limpa ,neste Município</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_no_0462025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_no_0462025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
 assento no Poder Legislativo Municipal de Palmeirais Piauí, e depois_x000D_
 de ouvido o plenário requere que seja expedido ao limo.sr. Secretário_x000D_
 Municipal de Infraestrutura, sr. Ricardo Cruz Moreira Feitosa,_x000D_
 solicitando a recuperação de duas ladeiras na estrada vicinal que liga_x000D_
 os povoados Chapada e Buritizinho neste Município</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_no_0472025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_no_0472025.pdf</t>
   </si>
   <si>
     <t>Shamuray Soares de Carvalho, vereador do Republicanos, com_x000D_
 assento neste poder vem ná 'forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado expediente à Gerente de relacionamento de_x000D_
 Grandes Clientes, llmª.sr'. Marina Cristiane dos Santos Carneiro, solicitando a_x000D_
 retirada de gambiarras na zona urbana nos bairros São João Batista e Nicolau e na_x000D_
 zona rural nos povoados C.h~pada Fazendinha e Matinha deste município</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_no_0482025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_no_0482025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA·CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expepie,nte a llmº Senhor Secretário Municipal de_x000D_
 Infraestrutura, solicitando que seja feita a recuperação das ruas, nas comunidades_x000D_
 Buritizinho e Tranqueira, que não possuem pavimentação em paralelepípedo</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_no_0492025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_no_0492025.pdf</t>
   </si>
   <si>
     <t>Shamuray Soares de Carvalho, vereador do Republicanos, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado expediente ao Exmº Prefeito municipal, solicitando_x000D_
 á autorização de interdição e sinalização para o uso de pedestres e ciclistas em_x000D_
 uma das vias na Avenida Gonçalo Barbosa Soares na sede deste município</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_no_0502025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_no_0502025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao Exmo sr. Prefeito Municipal, solicitando um mutirão de_x000D_
 limpeza em todas as ruas da comunidade Tranqueira neste Município.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_no_0512025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_no_0512025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao Exmo.sr. Prefeito municipal solicitando a instalação de_x000D_
 arquibancadas no campo de futebol Donatão localizado no bairro Mucambo, neste_x000D_
 Município.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_no_0522025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_no_0522025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma reg imental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao DER-PI (departamento de estradas e rodagens),_x000D_
 solicitando por meio desse requerimento a instalação de redutores de velocidades(_x000D_
 quebra molas) nas seguintes localizações . na Pl130 na entrada da rua José Vaqueiro(_x000D_
 Mucambo), em frente a casa dos senhores; Benedito da Neusa, Ocimá Miranda, na vila_x000D_
 Jose Francisco na comunidade Corrente, e em frente ao Posto de Saúde do_x000D_
 Assentamento Castelo</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_no_0532025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_no_0532025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com_x000D_
 assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao Exmo. Senhor Prefeito Municipal solicitando o_x000D_
 serviço de revitalização e melhoria da ladeira da comunidade Redonda na estrada_x000D_
 que liga as Regiões do Povoado Lago e a Comunidade Citada</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_no_0542025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_no_0542025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo.Senhor Secretario de Esportes, Antônio_x000D_
 Lopes de Sousa solicitando informações sobre a funcionalidade do Campo de_x000D_
 futebol Donatão.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_no_0552025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_no_0552025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo.Senhor Secretario de Meio Ambiente_x000D_
 Leandro Ferreira Borges, solicitando informações sobre as queimadas , as políticas_x000D_
 educacionais que estão sendo desenvolvidas e a aplicação de multas em caso de_x000D_
 descumprimento do que estabelece a Lei Municipal</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_no_0562025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_no_0562025.pdf</t>
   </si>
   <si>
     <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS,_x000D_
 com assento neste Poder, vem na forma Regimental e depois de ouvido o_x000D_
 Plenário, requerer do Senhor Prefeito JOSÉ BALTAZAR DE OLIVEIRA a_x000D_
 conclusão da pavimentação das Ruas SÃO LUÍS, Rua 21 de abril e Rua_x000D_
 Fortaleza todas localizadas no Bairro SERRA NEGRA, zona urbana do nosso_x000D_
 Município, no cronograma de obras da Prefeitura Municipal</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_no_0572025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_no_0572025.pdf</t>
   </si>
   <si>
     <t>MARCUS VINICIUS DE SOUSA TEIXEIRA, Vereador do PODEMOS,_x000D_
 com assento neste Poder, vem na forma Regimental e depois de ouvido o_x000D_
 Plenário, requerer do Senhor Prefeito JOSÉ BALTAZAR DE OLIVEIRA , que_x000D_
 seja perfurado um poço turbular com a base e caixa de água de 10 mil litros, na_x000D_
 comunidade Vitória Municipio de Palmeirais</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_no_0582025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_no_0582025.pdf</t>
   </si>
   <si>
     <t>NELSON NED DE SOUSA MIRANDA, Vereador do PDT, com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao Exr:no.sr. Prefeito municipal solicitando a instalação da_x000D_
 placa de identificação na entrada da cidade no Bairro Santa Rosa</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_no_0592025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_no_0592025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo.Senhor Prefeito Municipal, solicitando_x000D_
 que seja feito pinturas nos quebras molas da avenida Luiz da Costa Veloso</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_no_0602025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_no_0602025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmº. Senhor Prefeito Municipal José Baltazar_x000D_
 de Oliveira, solicitando que tome providências no sentido de reestabelecer em_x000D_
 caráter de urgência a iluminação pública do da avenida principal do bairro Boa_x000D_
 Vista.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_no_0622025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_no_0622025.pdf</t>
   </si>
   <si>
     <t>Reginaldo da Silva Freitas, vereador do MDB com assento neste_x000D_
 poder vem na forma regimental e depois de ouvido o plenário, requerer que seja_x000D_
 encaminhado expediente ao Exmº.Senhor Prefeito Municipal José Baltazar de_x000D_
 Oliveira, Solicitando a recuperação de um buraco em via pública que se encontra_x000D_
 alagado na Av. Luis da costa Veloso cruzando com a Av. Gonçalo Barbosa_x000D_
 Soares, Proximo ao Cemitério do centro</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_no_0632025_a.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_no_0632025_a.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando_x000D_
 que sejam distribuídos tambores de coleta de lixo em pontos estratégios nas ruas e_x000D_
 avenidas especialmente no Centro da cidade</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_no_0642025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_no_0642025.pdf</t>
   </si>
   <si>
     <t>MYCHELLY VITÓRIA CABRAL FEITOSA, Vereadora do PT, com assento_x000D_
 neste poder vem na forma regimental e depois de ouvido o plenário, requerer que_x000D_
 seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, e ao llmo Sr,_x000D_
 Secretário Municipal de Finanças, solicitando esclarecimentos sobre qual a_x000D_
 previsão para a climatização das escolas da rede Municipal de Ensino, diante das_x000D_
 constates reclamações de alunos , professores e comunidade escolar,_x000D_
 especialmente neste período de altas temperaturas que afeta o bem-estar e o_x000D_
 rendimento escolar</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_no_0652025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_no_0652025.pdf</t>
   </si>
   <si>
     <t>O Vereador, Reginaldo Freitas, que o presente subscreve, no uso de suas atribuições legais_x000D_
 e regimentais, vem respeitosamente à presença de Vossa Excelência, após ouvido o_x000D_
 Plenário, REQUERER que seja encaminhado a Poder Executivo Municipal, por intermédio_x000D_
 da Secretaria competente, solicitação de informações detalhadas acerca das licitações_x000D_
 realizadas pelo Município de Palmeirais-PI, no período compreendido entre janeiro de 2021_x000D_
 até a presente data (04/09/2025), referentes a:_x000D_
 1. Recuperação de estradas vicinais;_x000D_
 2. Execução de pavimentação em paralelepípedo;_x000D_
 3. Execução de pavimentação asfáltica</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_no_0662025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_no_0662025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com_x000D_
 assento neste Poder, vem na forma regimental e depois de ouvido o_x000D_
 plenário requerer que seja expedido ao Secretário de Esportes, Antônio_x000D_
 Lopes de Sousa Solicitando, Melhoria na Iluminação dos Campos de_x000D_
 Futebol, das Comunidades, Estamos unidos, Renascer e São Joaquim</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_no_67.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_no_67.2025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com assento neste Poder, vem na forma regimental e depois de ouvido o plenário requerer que seja expedido ao Diretor do DER-PI, Leandro Sobral, solicitando a construção de Quebra-Molas na PI-130 na altura da Comunidade Estamos Unidos</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_no_68.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_no_68.2025.pdf</t>
   </si>
   <si>
     <t>Railson Pereira da Silva, Vereador do Solidariedade com assento neste Poder, vem na fo rma regimental e depois de ouvido o plenário requerer que seja expedido ao Prefeito Municipal, José Baltazar de Oliveira, solicitando Melhoria na estrada Vicinal que liga a Comunidade Sputinik a Comunidade Coxo bem como a Melhoria na Ladeira da Comunidade Chapada do Gato que da acesso ao Povoado Buritizinho</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_no_69.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_no_69.2025.pdf</t>
   </si>
   <si>
     <t>Shamuray Soares de Carvalho, vereador do Republicanos, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado expediente a Secretária de Educação, solicitando melhorias na Escola Angélica Ribeiro Borges no Povoado Riacho dos Negros, devido ter sido encontrado vários problemas; Banheiros sem descarga funcionando, Torneiras sem água, consequência da grande falta de abastecimento em todo município, falta de uma caixa d'água que poderia suprir a demanda da escola, aparelhos de ar-condicionado parados há anos por falta de manutenção, deixando os alunos em salas quentes e sem climatização adequada, ventiladoresquebrados, reclamações de alunos sobre a merenda.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_no_70.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_no_70.2025.pdf</t>
   </si>
   <si>
     <t>Shamuray Soares de Carvalho, vereador do Republicanos, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja encaminhado expediente a Secretária de Educação, solicitando melhorias na estrutura da Unidade Escolar Manoel Almeida de Alencar no Povoado Cafundó, pois a realidade que encontramos é de total descaso; Salas de aula sem iluminação devido as lâmpadas queimadas, Ventiladores quebrados ou necessitando de manutenção, janelas destruídas em diversas salas, esgoto a céu aberto e fossa aberta, Cadeiras em péssimo estado, animais circulando constantemente dentro da escola, banheiros sem descarga funcionando e sem trancas nas portas</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_no_71.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_no_71.2025.pdf</t>
   </si>
   <si>
     <t>Solicita do Poder Execut ivo Municipal, por meio da Secretaria competente, a recuperação das estradas vicinais que dão acesso às localidades Chapada do Gato, Buritizinho, Prata, Mata limpa, Chapada/Fazendinha e Coxo, todas pertencentes ao Município de Palmeirais - PI</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_no_72.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_no_72.2025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao Exmo. Senhor Prefeito Municipal, solicitando que seja feito calçamentos nas ladeiras das estradas vicinais que liga a Cabeceiras do Alferes, Chapada do Gato, Boa Nova e ladeira do Espirita Santo</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>RODRIGO TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_no_73.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_no_73.2025.pdf</t>
   </si>
   <si>
     <t>RODRIGO ÉRIC PEREIRA TEIXEIRA, Vereador do Partido dos Trabalhadores - PT, com assento nesse Poder, vem na forma Regimental e depois_x000D_
 de ouvido o Plenário, requerer que seja encaminhado expediente ao llmo. sr. Francisco Lucas Costa Veloso, Secretário de Segurança Publica do Estado do_x000D_
 Piauí, solicitar o aumento do policiamento civil e militar e mais operações policiais em nosso Município</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_no_74.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_no_74.2025.pdf</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA vereador do PODEMOS, com assento neste poder vem na forma regimental e depois de ouvido o plenário,_x000D_
 requerer que seja oficiado ao Exmo. Senhor Prefeito Municipal solicitando que seja instaladas câmeras nas entradas e locais estratégicos na cidade de Palmeirais</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
     <t>MARCELO AUGUSTO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/716/portaria_no_01.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/716/portaria_no_01.2025.pdf</t>
   </si>
   <si>
     <t>Nomear o senhor ELIZANDRO FERREIRA BORGES, RG nº 1.676.414_x000D_
 SSP-PI , E CPF Nº 640.777.803-49 para ocupar o cargo de TESOUREIRO da_x000D_
 Câmara Municipal de Palmeirais Piauí até ulterior deliberação</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/717/portaria_no_02.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/717/portaria_no_02.2025.pdf</t>
   </si>
   <si>
     <t>Nomear a senhora Jakeline e Silva Soares da Rocha, RG nº 1.589.149_x000D_
 CPF nº 859.045.883-04 para ocupar o cargo de CONTROLADORA da Câmara_x000D_
 Municipal de Palmeirais Piauí até ulterior deliberação</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/718/portaria_no_03.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/718/portaria_no_03.2025.pdf</t>
   </si>
   <si>
     <t>Nomear o senhor Marcondes Cruz Teixeira Filho, RG nº 1.630.827 e_x000D_
 CPF nº 048.603.1 83-74 para ocupar o cargo de Assessor Parlamentar da_x000D_
 Câmara Municipal de Palmeirais Piauí até ulterior deliberação.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/719/portaria_no_05.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/719/portaria_no_05.2025.pdf</t>
   </si>
   <si>
     <t>Nomear o senhor Francisco Edson Soares da Costa, CPF nº_x000D_
 655.007.413-49 para ocupar o cargo de Diretor Administrativo da Câmara_x000D_
 Municipal de Palmeirais Piauí até ulterior deliberação</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/720/portaria_no_06.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/720/portaria_no_06.2025.pdf</t>
   </si>
   <si>
     <t>Nomear Agente de Contratação e Pregoeiro da Câmara Municipal de Palmeirais e_x000D_
 sua equipe de apoio, com competência de conduzir as Licitações, na ordem que se_x000D_
 apresentam, sob auxílio de Assessoria Jurídica Especializada</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/721/portaria_no_07.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/721/portaria_no_07.2025.pdf</t>
   </si>
   <si>
     <t>Nomear o senhor Lailson Ferreira Lustosa, CPF nº 067.232.863-16 para_x000D_
 ocupar o cargo de Chefe de Gabinete da Câmara Municipal de Palmeirais Piauí_x000D_
 até ulterior deliberação</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/722/portaria_no_08.2025.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/722/portaria_no_08.2025.pdf</t>
   </si>
   <si>
     <t>Exonerar o senhor Marcondes Cruz Teixeira Filho, RG nº 1.630.827 e_x000D_
 CPF nº 048.603.183-74 do cargo de Assessor Parlamentar da Câmara_x000D_
 Municipal de Palmeirais Piauí até ulterior deliberação.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1700,68 +1700,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_022025_de_29_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_032025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_042025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_no_022025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_no_032025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_no_042025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_no_052025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_062025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_no_072025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_no_082025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_no_092025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_no_112025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_no_122025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_no_132025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_no_152025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_no_152025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_no_162025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_no_172025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_no_182025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_no_192025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_no_202025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_no_212025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_no_222025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_no_232025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_no_242025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_no_252025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_no_262025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_no_272025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_no_282025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_no_292025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_no_302025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_no_312025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_no_322025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_no_332025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_no_342025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_no_352025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_no_362025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_no_372025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_no_382025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_no_392025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_no_402025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_412025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_no_422025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_no_0432025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_no_0442025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_no_0452025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_no_0462025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_no_0472025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_no_0482025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_no_0492025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_no_0502025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_no_0512025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_no_0522025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_no_0532025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_no_0542025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_no_0552025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_no_0562025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_no_0572025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_no_0582025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_no_0592025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_no_0602025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_no_0622025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_no_0632025_a.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_no_0642025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_no_0652025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_no_0662025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_no_67.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_no_68.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_no_69.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_no_70.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_no_71.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_no_72.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_no_73.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/716/portaria_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/717/portaria_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/718/portaria_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/719/portaria_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/720/portaria_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/721/portaria_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/722/portaria_no_08.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_022025_de_29_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_032025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_042025_de_12_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/648/projeto_de_resolucao_no-_012025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_resolucao_no-_022025_de_13_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_no_022025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_no_032025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_no_042025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_no_052025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_no_062025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_no_072025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_no_082025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_no_092025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_no_102025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_no_112025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_no_122025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_no_132025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_no_152025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_no_152025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_no_162025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_no_172025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_no_182025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_no_192025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_no_202025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_no_212025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_no_222025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_no_232025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_no_242025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_no_252025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_no_262025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_no_272025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_no_282025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_no_292025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_no_302025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_no_312025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_no_322025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_no_332025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_no_342025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_no_352025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_no_362025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_no_372025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_no_382025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_no_392025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_no_402025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_no_412025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_no_422025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_no_0432025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_no_0442025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_no_0452025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_no_0462025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_no_0472025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_no_0482025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_no_0492025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_no_0502025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_no_0512025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_no_0522025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_no_0532025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_no_0542025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_no_0552025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_no_0562025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_no_0572025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_no_0582025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_no_0592025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_no_0602025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_no_0622025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_no_0632025_a.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_no_0642025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_no_0652025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_no_0662025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/723/requerimento_no_67.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/724/requerimento_no_68.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/725/requerimento_no_69.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/726/requerimento_no_70.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/727/requerimento_no_71.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/728/requerimento_no_72.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/729/requerimento_no_73.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/716/portaria_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/717/portaria_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/718/portaria_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/719/portaria_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/720/portaria_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/721/portaria_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2025/722/portaria_no_08.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>