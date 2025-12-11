--- v0 (2025-10-12)
+++ v1 (2025-12-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="860" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="852" uniqueCount="433">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1319,65 +1319,50 @@
     <t>641</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf</t>
-  </si>
-[...13 lines deleted...]
-    <t>Dispõe sobre a aplicação do Redutor nos subsídios dos Vereadores de acordo com o previsto no Art.3P, S 30 - da Lei nP-05/2020 de 15 de outubro de 2020 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1681,56 +1666,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lein_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_de_lei_-02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/623/pl_13-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_de_lei_n_14.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/624/pl_15-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/627/pl_17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/626/pl_18-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/628/pl_19-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/520/req_02.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/523/4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/524/5.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/525/6.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/526/7.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/527/8.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/528/9.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/529/10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/530/11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/531/12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/532/13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/533/14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/534/15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/535/16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/536/17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/537/18.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/538/19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/539/20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/540/21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/541/22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/542/23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/543/24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/544/25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/545/26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/547/27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/548/28.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/549/29.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/550/30_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/551/31.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/553/33.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/554/34.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/555/35.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/556/requerimentos_36.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/557/requerimentos_37.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/558/requerimentos_38.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/559/requerimentos_39.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/560/requerimentos_40.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/561/requerimentos_41.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/562/requerimentos_42.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/564/requerimentos_44.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/565/requerimentos_45.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/566/requerimentos_46.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/567/requerimentos_47.2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/568/requerimentos_48.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/569/requerimentos_49.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/570/requerimentos_50.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/571/requerimentos_51.2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/572/requerimentos_52.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/573/requerimentos_53.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/574/requerimentos_54.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/575/requerimentos_55.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/576/requerimentos_56.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/577/requerimentos_57.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/578/requerimentos_58.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/579/requerimentos_59.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/580/requerimentos_60.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/581/requerimentos_61.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/582/requerimentos_62.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/583/requerimentos_63.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/589/req64.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/590/req65.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/591/req66.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/592/req67.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/593/req68.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/594/req69.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/606/req70.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/607/req71.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/608/req72.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/609/req73.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/610/req74.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/611/req75.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/612/req76.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/613/req77.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/614/rq78-convertido.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/615/req79-convertido.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/616/req81-convertido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/617/req82-convertido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/619/req83-convertido.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/620/req84-convertido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/621/req85-convertido.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/629/86.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/630/87.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/631/88.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/632/89.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/633/90.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/634/91.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/635/92.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/636/93.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/638/95.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/639/96.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/640/97.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/595/resolucao01.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lein_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_de_lei_-02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/623/pl_13-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_de_lei_n_14.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/624/pl_15-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/627/pl_17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/626/pl_18-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/628/pl_19-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/520/req_02.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/523/4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/524/5.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/525/6.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/526/7.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/527/8.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/528/9.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/529/10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/530/11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/531/12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/532/13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/533/14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/534/15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/535/16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/536/17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/537/18.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/538/19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/539/20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/540/21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/541/22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/542/23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/543/24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/544/25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/545/26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/547/27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/548/28.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/549/29.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/550/30_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/551/31.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/553/33.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/554/34.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/555/35.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/556/requerimentos_36.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/557/requerimentos_37.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/558/requerimentos_38.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/559/requerimentos_39.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/560/requerimentos_40.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/561/requerimentos_41.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/562/requerimentos_42.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/564/requerimentos_44.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/565/requerimentos_45.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/566/requerimentos_46.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/567/requerimentos_47.2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/568/requerimentos_48.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/569/requerimentos_49.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/570/requerimentos_50.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/571/requerimentos_51.2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/572/requerimentos_52.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/573/requerimentos_53.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/574/requerimentos_54.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/575/requerimentos_55.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/576/requerimentos_56.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/577/requerimentos_57.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/578/requerimentos_58.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/579/requerimentos_59.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/580/requerimentos_60.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/581/requerimentos_61.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/582/requerimentos_62.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/583/requerimentos_63.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/589/req64.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/590/req65.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/591/req66.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/592/req67.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/593/req68.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/594/req69.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/606/req70.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/607/req71.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/608/req72.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/609/req73.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/610/req74.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/611/req75.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/612/req76.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/613/req77.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/614/rq78-convertido.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/615/req79-convertido.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/616/req81-convertido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/617/req82-convertido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/619/req83-convertido.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/620/req84-convertido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/621/req85-convertido.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/629/86.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/630/87.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/631/88.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/632/89.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/633/90.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/634/91.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/635/92.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/636/93.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/638/95.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/639/96.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/640/97.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H112"/>
+  <dimension ref="A1:H111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4478,76 +4463,50 @@
       <c r="H110" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>430</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>431</v>
       </c>
       <c r="D111" t="s">
         <v>58</v>
       </c>
       <c r="E111" t="s">
         <v>59</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>432</v>
       </c>
       <c r="H111" t="s">
         <v>431</v>
-      </c>
-[...24 lines deleted...]
-        <v>437</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4618,51 +4577,50 @@
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
-    <hyperlink ref="G112" r:id="rId111"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>