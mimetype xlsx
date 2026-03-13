--- v1 (2025-12-11)
+++ v2 (2026-03-13)
@@ -54,1315 +54,1315 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>José Baltazar de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lein_01.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lein_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação dos valores do salário mínimo pelo Governo Federal que serão adotados como a menor remuneração dos servidores do Poder Executivo no corrente ano e dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_de_lei_-02-2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_de_lei_-02-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da_x000D_
 Básica e de Valorizaçõo dos Profissionais da Educação CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal n ê 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre declaração de vacância e arrecadação_x000D_
 LIDO NA SESSÃO de bens abandonados na sede do Município de Palmeirais dá outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/623/pl_13-2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/623/pl_13-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a criação do Conselho Municipal de Direitos de Lésbicas, Gays, Bissexuais, Travestis e Transexuais de Palmeirais-PI - CMDLGBT e de outras Providencias.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_de_lei_n_14.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_de_lei_n_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a antecipação do feriado municipal do aniversário da cidade do dia 26 de junho para o dia 31 de março do corrente ano e dá outras providencias.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/624/pl_15-2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/624/pl_15-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e xecução da Lei Orçamentária Anual — LOA para o exercício financeiro de 2022 e dá outras providências .</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Palmeirais, o_x000D_
 programa de Prevenção e Controle de diabetes em Secre&amp;n_x000D_
 crianças e adolescentes e matriculados nas Unidades de Ensino da Rede Pública Municipal nas modalidades Creche, Ensino Infantil e Ensino Fundamental e dá outras providências.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/627/pl_17.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/627/pl_17.pdf</t>
   </si>
   <si>
     <t>Estabelece	infraçóes	sanções_x000D_
 administrativas relativas a atividades lesivas ao meio ambiente, bem como o procedimento para apuração dessas infrações.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/626/pl_18-2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/626/pl_18-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Plano_x000D_
 Municipal de Educação instituindo a_x000D_
 Política de Educação Ambiental no_x000D_
 Secretár\o_x000D_
 Município de Palmeirais.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/628/pl_19-2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/628/pl_19-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento, uso e ocupação do solo no perímetro urbano do Município de Palmeirais e dá   outras providências.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação dos valores do salário mínimo fixados pelo Governo Federal como a menor remuneração dos servidores do Poder Legislativo no corrente ano e dá outras</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>MARIA DA CRUZ EVANGELISTA BARBOSA LIMA</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando providências no sentido de que seja reformada a estrada vicinal, ligando Assentamento Corrente ao Assentamento Água Branca interligando a Comunidade Brejo do Coroatá neste Município.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>CHARLES DE CARVALHO BORGES</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/520/req_02.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/520/req_02.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente a exm a .sra . Secretária Municipal de Educação e para o Prefeito Municipal solicitando dos mesmos a necessidade de construção de uma Creche no povoado Riacho dos Negros, em nosso município.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA BORGES</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando providencias na instalado de iluminação Pública na Comunidade Brejinho.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/523/4.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/523/4.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que designe para o posto de Saúde José Celestino no Povoado Riacho dos Negros uma ambulância para atender diariamente a população.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/524/5.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/524/5.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que tome providências no sentido de, em caráter de urgência, seja feito a iluminação pública da Associação Corrente na extensão da localidade na PI 130, ainda assim seja feito a manutenção da iluminação na Av. José Francisco Feitosa (VILA) na mesma localidade.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/525/6.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/525/6.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que tome providências no sentido de reestabelecer em caráter de urgência a iluminação pública do Assentamento José Constâncio localizado na zona rural do Município.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/526/7.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/526/7.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicito que seja revisto pelo Poder Executivo Municipal a possibilidade de arcar com os custos de mudança de local do quadro de energia elétrica da Unidade Escolar Luis Fernando Borges do Nascimento localizado no Assentamento José Constâncio</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/527/8.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/527/8.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exma. Senhora Secretária Municipal de Saúde, solicitando que a mesma preste informações sobre a possibilidade de se reabrir os Postos de Saúde das Comunidades Corrente e Castelhano fechados pela gestão passada</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/528/9.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/528/9.pdf</t>
   </si>
   <si>
     <t>Requerer que seja nos termos da Lei Orgânica do Município, requerido do senhor Prefeito Municipal entendimento com o DETRAN - PI com o objetivo de sinalizar as vias públicas em nossa cidade.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>RODRIGO ERIC PEREIRA TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/529/10.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/529/10.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal que reivindique junto ao DER — Departamento de Estradas e Rodagens a construção de redutores de velocidade nas ruas que foram asfaltadas. Os redutores devem serem construídos em frente aos Prédios Públicos dentre os quais Escolas e Unidades de Saúde como também das Igrejas.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/530/11.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/530/11.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal que autorize o setor jurídico da Prefeitura a abertura de procedimentos legal no sentido que sejam arrecadados os imóveis: PRÉDIO DA CNEC e 0 PRÉDIO DA CEPISA, localizados na sede do Município</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/531/12.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/531/12.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do Departamento de Estradas e Rodagem — DER a recuperação e o roço da Pl-130.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/532/13.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/532/13.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Prefeito Municipal que solicite ao Deputado PABLO SANTOS uma emenda de recursos para a recuperação do Estádio de Futebol "RUFINÃO e Parque de Vaquejada VALMIR SOARES na sede do Município com inclusive o sistema de iluminação do mesmo.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/533/14.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/533/14.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando um gerador de energia e uma bomba hidráulica para o Poço que abastece moradores do Assentamento Buraqueira, neste Município.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>GENIVALDO CORTEZ DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/534/15.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/534/15.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando providências no sentido de que seja construído no Povoado São Joaquim 7000m 2 de calçamentos.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/535/16.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/535/16.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando providências em caráter de urgência, reformas das estradas vicinais interligando as Comunidades: de Nova Esperança à Barro Duro, de Vista Alegre à São Benedito e de Chapada Fazendinha ao Assentamento José Constâncio.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/536/17.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/536/17.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo sr. Prefeito Municipal, para designar-se ao setor competente Secretária Municipal de Educação, solicitando que sejam substituídos os utensílios de uso na merenda escolar, de plásticos por material aço inoxidável das escolas da rede municipal.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/537/18.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/537/18.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a reforma no calçamento em frente a Escola Presidente Castelo Branco no povoado São Joaquim.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>JÂNIO CESAR NUNES DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/538/19.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/538/19.pdf</t>
   </si>
   <si>
     <t>Requerer, na forma regimental e ouvido o Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando a instalação de redutores de velocidade (lombadas), juntamente com a sinalização horizontal e vertical observando as normas técnicas do código brasileiro de trânsito.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/539/20.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/539/20.pdf</t>
   </si>
   <si>
     <t>Requerer, nos termos do Regimento Interno e após ouvido ao plenário, que seja inserido em ata voto de pesar pelo falecimento de (ANTONIO LUIS DE ALMEIDA ALENCAR) e sejam apresentadas condolências a sua família através de mensagem deste poder com os votos de pesar e quero estender as demais famílias que tiveram membros que vieram óbito pela doença covid 19.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/540/21.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/540/21.pdf</t>
   </si>
   <si>
     <t>Requerer que seja nos termos da Lei Orgânica do Município, requerido do senhor Prefeito Municipal o envio a este Poder de Projeto de Lei com o objetivo de regularizar o pagamento do novo salário mínimo fixado para o mês de janeiro e o valor que vai ser fixado para este mês de fevereiro, como remuneração mínima aos servidores do Município</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/541/22.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/541/22.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja implantado os serviços de SOS - RURAL nos povoados RIACHO DOS NEGROS, BURITIZINHO e TRANQUEIRA.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/542/23.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/542/23.pdf</t>
   </si>
   <si>
     <t>Requerer que seja nos termos da Lei Orgânica do Município, requerido do senhor Prefeito Municipal a autorização para elaboração de projeto de revitalização do espaço onde fica a Cachoeira do Corrente próximo a nossa cidade.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/543/24.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/543/24.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja implantado em nosso Munícipio curso preparatório de forma presencial assim que for possível para Concurso Público.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/544/25.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/544/25.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizado pequenas obras de escoamento de água de algumas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/545/26.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/545/26.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja celebrado parceria administrativa com a Polícia Militar com o objetivo de implantação de Câmeras de monitoramento nas principais vias da cidade em especial nas vias de entrada e saída.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/547/27.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/547/27.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Secretário Municipal de Agricultura e Abastecimento, em parceria com a Secretaria Municipal de Meio Ambiente a implantação de um Banco de Sementes em nosso Munícipio.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/548/28.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/548/28.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao Exmo. Sr. Secretário Estadual de Turismo-SETUR o Doutor Flavio Rodrigues Nogueira Junior solicitando a sinalização horizontal das ruas asfaltadas recentemente da nossa cidade, conforme as normas técnicas do código brasileiro de trânsito.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/549/29.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/549/29.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, solicitando providencias em caráter de urgência a reforma da estrada Vicinal ligando o Povoado Riacho dos Negros até a Comunidade Morros, em nosso município.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>GABRIEL NUNES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/550/30_1.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/550/30_1.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, solicitando providencias na instalação de iluminação Pública nas Comunidades São Vicente e Cafundó, em nosso município.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/551/31.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/551/31.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, solicitando providencias em caráter de urgência a reforma da estrada vicinal ligando do entroncamento da Localidade Auto Alegre até a Comunidade Olho D'agua.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que seja disponibilizado em caráter de urgência o maquinário necessário para que se resolva o problema de alagamento na Comunidade Riachinho.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/553/33.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/553/33.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que seja executada melhorias na Rua Tenente Zeca.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/554/34.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/554/34.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizado a recuperação da praça do povoado Matinha.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/555/35.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/555/35.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que tome providências no sentido de realizar a remoção dos entulhos que se encontram na Avenida Aldagísio Ribeiro (uma questão de saúde pública e mobilidade urbana).</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/556/requerimentos_36.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/556/requerimentos_36.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando seja feita a recuperação da estrada vicinal que liga a PI 130 ao Povoado Saco da Onça, pois a mesma com início das está com alguns trechos em estado irregular dificultando a mobilidade das pessoas que necessitam da mesma.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/557/requerimentos_37.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/557/requerimentos_37.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo 0 Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando seja conservado o acesso ao cemitério do Povoado Braço, e que seja feita uma proteção ao mesmo se não puder ser murado que seja feita uma cerca de arrame afim de proteger os túmulos dos entes queridos que estão sepultados no mesmo.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/558/requerimentos_38.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/558/requerimentos_38.2021.pdf</t>
   </si>
   <si>
     <t>Requerer AO PREFEITO MUNICIPAL QUE ADOTE AS_x000D_
 MEDIDAS NECESSÁRIAS PARA GARANTIR A VACINAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO DO MUNICÍPIO DE PALMEIRAIS-PI.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/559/requerimentos_39.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/559/requerimentos_39.2021.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente à Sr.a Secretária de Saúde, solicitando que seja divulgado, o quantitativo de vacinas disponibilizadas e a lista com o nome das pessoas vacinadas.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/560/requerimentos_40.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/560/requerimentos_40.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de o mesmo designe ao setor competente para destinar uma Ambulância para o Povoado Tranqueira onde irá atender SOS urgência.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/561/requerimentos_41.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/561/requerimentos_41.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a reforma e que seja mantido os serviços de limpeza na Praça do Povoado Riacho dos Negros.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/562/requerimentos_42.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/562/requerimentos_42.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, que o mesmo autorize a Secretária Municipal de Cultura, a destinação de recursos para atender os nossos Artistas devido à atual situação em decorrência do covid 19.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expedientes ao Ilmo. Sr. Secretário Municipal de Esportes e ao exmo.sr. Prefeito Municipal, solicitando providencias no sentido de reformar o Ginásio Poliesportivo do Povoado Riacho dos Negros.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/564/requerimentos_44.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/564/requerimentos_44.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que encaminhe expediente ao exmo.sr. Prefeito Municipal, solicitando providencias no sentido de seja reformada a Praça da Comunidade Castelhano.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/565/requerimentos_45.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/565/requerimentos_45.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenúrio, que seja oficiado ao Exmo. Sr. Prefeito Municipal e senhora secretária de educação do municfpio, solicitando seja feito teste seletivo para contratação de professores para auxiliar ou completar a grade de disciplina no quadro do ensino municipal caso venha ser necessária a contratação de novos professores.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/566/requerimentos_46.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/566/requerimentos_46.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando seja colocado como prioridades na vacina contra a covid 19 os coveiros do nosso município.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/567/requerimentos_47.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/567/requerimentos_47.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, que o mesmo autorize que a vigilância sanitária faça a instalações de tendas e cadeiras em frente à casa lotérica e ao banco do Brasil.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/568/requerimentos_48.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/568/requerimentos_48.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a reforma no calçamento da rua professora Jocenita Matos no bairro serra negra.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/569/requerimentos_49.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/569/requerimentos_49.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a recuperação da rua Santa Helena no bairro Nicolau.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/570/requerimentos_50.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/570/requerimentos_50.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que a prefeitura providencie o Site e Portal da Transparência próprios, com atualização dos atos do atual Governo.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/571/requerimentos_51.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/571/requerimentos_51.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Presidente da Câmara Municipal de Palmeirais-Pl, solicitando ao setor jurídico desta casa que busque através da Secretaria de Estado dos Transportes (SETRANS) ou quaisquer outros órgãos respon sáveis a dispon ibilidade de cópia do contrato de prestação de serviços da Empresa Soares.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/572/requerimentos_52.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/572/requerimentos_52.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Ilmo. Sr. Mauro Eduardo Cardoso e Silva Secretário Estadual para Inclusão; de Pessoas com Deficiência -SEID, solicitando do mesmo que destine ao município de Palmeirais um veículo ( vam) adaptada para atender no transportes de pessoas cadeirantes do nosso município.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/573/requerimentos_53.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/573/requerimentos_53.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja  oficiado ao Prefeito Municipal e o secretário Municipal de Agricultura solicitando que seja feita a aração, isto é, o preparo da terra para plantação no assentamento Barreirinhas aqui próximo a cidade.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/574/requerimentos_54.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/574/requerimentos_54.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao PREFEITO MUNICIPAL e a SECRETÁRIA MUNICIPAL DE SAÚDE a solicitando que seja feita de forma especifica o atendimento das pessoas com covid ou com suspeita. Em áreas especificas e com equipe distinta das que fazem o atendimento normal no hospital, e que sejam as equipes rotineiramente fito teste para que realmente tenha segurança os trabalhadores que estão ligados diretamente no combate a pandemia.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/575/requerimentos_55.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/575/requerimentos_55.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado ao exmo.sr. Prefeito Municipal, solicitando providencias em caráter de urgência a substituição das lâmpadas queimadas nos postes de iluminação pública na Comunidade Cruizinhas neste Município.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/576/requerimentos_56.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/576/requerimentos_56.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando que seja dedetizado as áreas de uso comum na cidade, como praças, mercado e órgãos públicos. Ademais a distribuição de totens de álcool em pontos estratégicos da cidade.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/577/requerimentos_57.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/577/requerimentos_57.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando o retorno das tendas sanitárias nas duas vias de acesso da cidade, desde que já estejam sendo repassados os recursos COVID novamente.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/578/requerimentos_58.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/578/requerimentos_58.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizado a colocação de Placa de Identificação nos limites de nosso Município com os de Nazária e Amarante na Pl-130.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/579/requerimentos_59.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/579/requerimentos_59.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizado a colocação de Placa de Identificação na entrada e saída da cidade.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/580/requerimentos_60.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/580/requerimentos_60.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja distribuído Cestas Básica para famílias carentes em nossa cidade.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/581/requerimentos_61.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/581/requerimentos_61.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal e a Secretaria Municipal de   Educação solicitando seja feito um estudo no sentido de distribuir umas cestas básicas para os alunos matriculados na rede municipal, pois como não está tendo aulas presenciais vamos converter esses recursos da merenda escolar em cestas básicas para os alunos.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/582/requerimentos_62.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/582/requerimentos_62.2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal e a Secretaria Municipal de Assistência Social solicitando que seja feita uma visita pela equipe dc técnicos da secretaria para verificar a situação de famílias desabrigadas pelas as chuvas naquele Povoado.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/583/requerimentos_63.2021.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/583/requerimentos_63.2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizada o roço das ruas da Comunidade Pequi.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/589/req64.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/589/req64.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja colocado uma a base com altura superior a existente e uma Caixa D'água de 5.000 (cinco mil) litros na Localidade ALTO ALEGRE.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/590/req65.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/590/req65.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado ao Exmo. Sr. Prefeito Municipal, solicitando do mesmo providencias em caráter de urgência o roço e limpeza nas ruas do Povoado Riacho dos Negros.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/591/req66.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/591/req66.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo, Senhor Prefeito Municipal, que designe ao setor de infraestrutura do município, providencias em caráter de urgência a recuperação e roço das margens da rua Travessa do Chafariz no bairro Bacuri.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/592/req67.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/592/req67.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a substituição de lâmpadas dos postes na rua Profª Gersonita Matos no Bairro Serra Negra.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/593/req68.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/593/req68.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitando a substituição de lâmpadas dos postes na rua do Sol no Bairro Bacuri.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/594/req69.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/594/req69.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado ao exmo.sr. Prefeito Municipal, solicitando providencias na colocação da Placa de identificação na entrada da cidade.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/606/req70.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/606/req70.pdf</t>
   </si>
   <si>
     <t>Requerer que seja expedido ao Exmo. Sr. Prefeito Municipal, solicitando do mesmc providencias na instalação de iluminação pública nas ruas da Comunidade Cabeceiras do Romão.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/607/req71.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/607/req71.pdf</t>
   </si>
   <si>
     <t>Requer, na forma regimental e ouvindo o Plenário, que seja oficiado ao Exmo. Sr. Prefeito Municipal, solicitando seja feito o calçamento da Rua São José no bairro Bacurir ( mesma liga na Avenida Adalgiso Ribeiro).</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/608/req72.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/608/req72.pdf</t>
   </si>
   <si>
     <t>Requerer que seja expedido a Secretária Municipal de Saúde e ao Exmo. Sr. Prefeito Municipal, solicitando dos mesmos providencias na construção de um Posto de Saúde na Comunidade Cabeceiras do Romão.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/609/req73.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/609/req73.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, solicitando a abertura de duas novas ruas na Comunidade Nova Esperança.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/610/req74.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/610/req74.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, solicitando a reativação do consultório odontológico da Comunidade Tranqueira.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/611/req75.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/611/req75.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr. Prefeito Municipal, solicitando o aprofundamento do poço do povoado Nova Esperança.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/612/req76.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/612/req76.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exmo.sr Prefeito Municipal solicitando a instalação das traves com redes do campo de futebol do povoado Espirito Santo.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/613/req77.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/613/req77.pdf</t>
   </si>
   <si>
     <t>Requerer que seja Oficiado ao Senhor chefe de Escritório da Agespisa em Palmeirais, para que seja enviado aos seus superiores, solicitando a melhoria na qualidade da água no poço que abastece o bairro boa vista na sede do Município.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/614/rq78-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/614/rq78-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja destinado uma área para a instalação de um Parque Industrial para pequenas empresas no Município</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/615/req79-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/615/req79-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer que seja expedido a Secretária Municipal de Esportes solicitando providencias no sentido de que sejam substituídas as traves de Madeiras por traves de ferro no campo da comunidade Castelhano.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/616/req81-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/616/req81-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado ao senhor Prefeito Municipal providencias para a instalação de uma caixa d'agua na Comunidade Vista Alegre neste Município.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/617/req82-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/617/req82-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada expediente ao senhor Prefeito municipal solicitando a reforma da estrada vicinal que liga a sede do município a Comunidade Ribeirão Azul município de São Francisco do Maranhão</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/619/req83-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/619/req83-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao senhor Prefeito Municipal solicitando a reforma dos prédios onde funcionavam as escolas das Comunidades Mata Limpa e Fazendinha e transformá10s em Postos de Saúde</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/620/req84-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/620/req84-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Prefeito Municipal providências junto a Secretaria Municipal de Saúde, no sentido de que seja melhor organizado em nosso Município, o processo de vacinação com o envolvimento do AGENTES DE SAÚDE e os profissionais das Equipes da SAÚDE da FAMILIA.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/621/req85-convertido.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/621/req85-convertido.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente a Exma. Senhora Secretária de Finanças e ao Exmo. Senhor Prefeito Municipal, solicitando informações detalhadas a respeito do uso do dinheiro e despesas financeiras da Secretaria de Assistência Social.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/629/86.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/629/86.pdf</t>
   </si>
   <si>
     <t>Requerer</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/630/87.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/630/87.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/631/88.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/631/88.pdf</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/632/89.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/632/89.pdf</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/633/90.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/633/90.pdf</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/634/91.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/634/91.pdf</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/635/92.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/635/92.pdf</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/636/93.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/636/93.pdf</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/638/95.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/638/95.pdf</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/639/96.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/639/96.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/640/97.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/640/97.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1666,68 +1666,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lein_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_de_lei_-02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/623/pl_13-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_de_lei_n_14.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/624/pl_15-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/627/pl_17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/626/pl_18-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/628/pl_19-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/520/req_02.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/523/4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/524/5.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/525/6.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/526/7.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/527/8.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/528/9.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/529/10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/530/11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/531/12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/532/13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/533/14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/534/15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/535/16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/536/17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/537/18.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/538/19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/539/20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/540/21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/541/22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/542/23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/543/24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/544/25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/545/26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/547/27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/548/28.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/549/29.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/550/30_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/551/31.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/553/33.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/554/34.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/555/35.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/556/requerimentos_36.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/557/requerimentos_37.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/558/requerimentos_38.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/559/requerimentos_39.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/560/requerimentos_40.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/561/requerimentos_41.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/562/requerimentos_42.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/564/requerimentos_44.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/565/requerimentos_45.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/566/requerimentos_46.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/567/requerimentos_47.2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/568/requerimentos_48.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/569/requerimentos_49.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/570/requerimentos_50.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/571/requerimentos_51.2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/572/requerimentos_52.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/573/requerimentos_53.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/574/requerimentos_54.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/575/requerimentos_55.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/576/requerimentos_56.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/577/requerimentos_57.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/578/requerimentos_58.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/579/requerimentos_59.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/580/requerimentos_60.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/581/requerimentos_61.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/582/requerimentos_62.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/583/requerimentos_63.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/589/req64.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/590/req65.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/591/req66.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/592/req67.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/593/req68.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/594/req69.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/606/req70.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/607/req71.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/608/req72.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/609/req73.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/610/req74.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/611/req75.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/612/req76.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/613/req77.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/614/rq78-convertido.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/615/req79-convertido.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/616/req81-convertido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/617/req82-convertido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/619/req83-convertido.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/620/req84-convertido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/621/req85-convertido.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/629/86.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/630/87.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/631/88.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/632/89.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/633/90.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/634/91.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/635/92.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/636/93.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/638/95.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/639/96.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/640/97.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lein_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_de_lei_-02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/623/pl_13-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_de_lei_n_14.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/624/pl_15-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/627/pl_17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/626/pl_18-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/628/pl_19-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/520/req_02.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/523/4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/524/5.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/525/6.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/526/7.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/527/8.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/528/9.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/529/10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/530/11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/531/12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/532/13.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/533/14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/534/15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/535/16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/536/17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/537/18.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/538/19.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/539/20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/540/21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/541/22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/542/23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/543/24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/544/25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/545/26.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/547/27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/548/28.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/549/29.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/550/30_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/551/31.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/553/33.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/554/34.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/555/35.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/556/requerimentos_36.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/557/requerimentos_37.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/558/requerimentos_38.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/559/requerimentos_39.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/560/requerimentos_40.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/561/requerimentos_41.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/562/requerimentos_42.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/564/requerimentos_44.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/565/requerimentos_45.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/566/requerimentos_46.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/567/requerimentos_47.2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/568/requerimentos_48.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/569/requerimentos_49.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/570/requerimentos_50.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/571/requerimentos_51.2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/572/requerimentos_52.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/573/requerimentos_53.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/574/requerimentos_54.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/575/requerimentos_55.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/576/requerimentos_56.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/577/requerimentos_57.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/578/requerimentos_58.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/579/requerimentos_59.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/580/requerimentos_60.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/581/requerimentos_61.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/582/requerimentos_62.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/583/requerimentos_63.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/589/req64.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/590/req65.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/591/req66.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/592/req67.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/593/req68.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/594/req69.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/606/req70.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/607/req71.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/608/req72.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/609/req73.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/610/req74.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/611/req75.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/612/req76.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/613/req77.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/614/rq78-convertido.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/615/req79-convertido.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/616/req81-convertido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/617/req82-convertido.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/619/req83-convertido.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/620/req84-convertido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/621/req85-convertido.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/629/86.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/630/87.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/631/88.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/632/89.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/633/90.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/634/91.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/635/92.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/636/93.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/638/95.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/639/96.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/640/97.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/641/98.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/642/99.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2021/643/100.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>