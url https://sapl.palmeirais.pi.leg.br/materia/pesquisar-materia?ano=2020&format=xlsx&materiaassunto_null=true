--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -54,403 +54,403 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Joaquim Viana de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título Honorífico de Cidadão Palmeiraisense a senhora Maristela Assunção Leal e dá outras providências</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_decreto_legislativo_no_02.2020_de_06__DBxmWrA.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_decreto_legislativo_no_02.2020_de_06__DBxmWrA.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título Honorífico de Cidadão Palmeiraisense senhor Alexandre Rodrigues Carneiro e dá outras providências.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Quintino Nunes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/504/projeto_de_decreto_legislativo_no_03.2020_de_06__vnT6F8B.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/504/projeto_de_decreto_legislativo_no_03.2020_de_06__vnT6F8B.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título Honorífico de Cidadão Palmeiraisense Emanuel do Bonfim Veloso Filho e dá outras providências</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_decreto_legislativo_no_04.2020_de_13__xtIzcNh.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_decreto_legislativo_no_04.2020_de_13__xtIzcNh.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título Honorífico de Cidadã Palmeiraisense a senhora Teresa dos Santos Sousa Britto e dá outras providências.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Genivaldo da Silva Grangeiro</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/500/projeto_de_decreto_legislativo_no_05.2020_de_12__wUevteV.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/500/projeto_de_decreto_legislativo_no_05.2020_de_12__wUevteV.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título Honorífico de Cidadã Palmeiraisense a senhora Maria do Socorro de Sousa Morais e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Rodrigo Eric Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/505/projeto_de_decreto_legislativo_no_06.2020_de_05__447YCJF.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/505/projeto_de_decreto_legislativo_no_06.2020_de_05__447YCJF.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título Honorífico de Cidadão Palmeiraisense ao Senhor José Vivaldo da Silva e dá outras providências</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Genivaldo da Silva Grangeiro, Rodrigo Eric Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_decreto_legislativo_no_07.2020_de_19__T6UxkLw.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_decreto_legislativo_no_07.2020_de_19__T6UxkLw.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição do PARECER PRÉVIO DO Tribunal de Contas do Estado do Piauí sobre às Contas de Gestão da Prefeitura de Palmeirais-PI, referente ao exercício de 2011, de responsabilidade do Ex-Prefeito, Marcio Soares Teixeira</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/481/projeto_de_lei_no_01.2020_de_30_de_janeiro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/481/projeto_de_lei_no_01.2020_de_30_de_janeiro_de_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO DE SERVIDORES PARA ATENDER NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DO PODER EXECUTIVO NO exercício de 2020, NOS TERMOS DO QUE DISPÕE O INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO. FEDERAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>Reginaldo Soares Veloso Junior</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/482/projeto_de_lei_no_02.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/482/projeto_de_lei_no_02.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos vencimentos dos profissionais do magistério público municipal de_x000D_
 Palmeirais - PI e dá outras providências</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_no_03.2020_de_14_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_no_03.2020_de_14_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Ponte ENOQUE TEIXEIRA E SILVA à ponte da localidade ESPIRITO SANTO sem denominação Oficial</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>Genivaldo Cortez de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_no_04.2020_de_28_de_fevereiro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_no_04.2020_de_28_de_fevereiro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dá denominação de JOSÉ CAMPELO DA FONSECA ao Posto de Saúde do povoado São Joaquim sem denominação Oficial.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_no_07-2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no orçamento vigente, no valor de R$ 26.000,00 (vinte e seis mil reais), e a criar um programa de trabalho para viabilizar_x000D_
 a execução para o fim a que se destina e dá outras providências.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_no_08_de_28_de_agosto_de_2020_ppa.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_no_08_de_28_de_agosto_de_2020_ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão do Plano Plurianual - PPA 2018-2021, do Município de Palmeirais, Estado do Piauí, e dá outras providências</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/513/projeto_de_lei_no_09_de_30_de_agosto_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/513/projeto_de_lei_no_09_de_30_de_agosto_de_2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PALMEIRAIS, ESTADO DO PIAUÍ, PARA O EXERCÍCIO FINANCEIRO DE_x000D_
 2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Genivaldo Grangeiro, Josivaldo Macedo, Rodrigo Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_no_10.2020_de_25_setembro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_no_10.2020_de_25_setembro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Agentes Políticos dos Poderes Executivo e Legislativo do Município de Palmeirais, para o período de 2021 a 2024 nos termos do Art.29, incisos V e VI, da_x000D_
 Constituição Federal, do art.21, parágrafo único da Lei Federal nº- 101/2000 (LRF), Lei Orgânica do Município e dá outras providências</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/515/projeto_de_lei_no_-12-2020_de_26_de_outubro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/515/projeto_de_lei_no_-12-2020_de_26_de_outubro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de nome de campo de futebol Society e dá outras providências</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/516/projeto_de_lei_no_13_de_24_de_novembro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/516/projeto_de_lei_no_13_de_24_de_novembro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Sistema de Avaliação da Rede Municipal de Ensino de Palmeirais - Prova SAREME</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Josivaldo Macedo Moura</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_no_14_de_01_de_dezembro_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_no_14_de_01_de_dezembro_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o redução de cinquenta por cento (50,0%) do cargo horário dos servidores municipais que tem sob seus cuidados idosos ou filhos com comprovado necessidade de cuidados especiais</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_resolucao_n-_01.2020_de_29_de_maio_de_2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_resolucao_n-_01.2020_de_29_de_maio_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição e COMISSÃO ESPECIAL DA SAÚDE temporária nos termos do artigo 53 do REGIMENTO INTERNO e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_no_01.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_no_01.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando_x000D_
 providencias para que seja construída uma Galeria na avenida Belém iniciando na Avenida Gonçalo Barbosa Soares ao Rio Parnaíba</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/488/requerimento_no_02.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/488/requerimento_no_02.2020.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação da Rua Abrigo dos Inundados inclusive dando acessos as ruas seguintes.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/489/requerimento_no_03.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/489/requerimento_no_03.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada expediente ao senhor Prefeito Municipal solicitando autorização ao setor competente recomendação para a Empresa que faz a Limpeza e Roço das ruas que procurem evitar danos a imóvel de moradores da cidade e usem proteção_x000D_
 para evitar transtornos as pessoas que transitam próximo ao local onde estão trabalhando.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_no_04.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_no_04.2020.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma Capela no Cemitério Santa Rosa na sede do Município.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/491/requerimento_no_05.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/491/requerimento_no_05.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr Prefeito Municipal, solicitando recuperação das ruas onde foi feira a ampliação de rede d'água pela a AGESPISA.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/492/requerimento_no_06.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/492/requerimento_no_06.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr Prefeito Municipal, solicitando providências com vistas a ampliação dos serviços de iluminação pública do Bairro Boa Vista.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_no_07.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_no_07.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada expediente ao senhor Prefeito Municipal solicitando autorização ao setor competente para a recuperação da estrada vicinal que liga as comunidades DOS ALTOS e BURITI GRANDE</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_no_08.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_no_08.2020.pdf</t>
   </si>
   <si>
     <t>REQUERER do senhor Prefeito Municipal que seja dado cumprimento a DECISÃO Nº- 147/20 do Tribunal de Contas do Estado - TCE/PI referente a SESSÃO PLENÁRIA ORDINÁRIA Nº- 003 DE 06 DE FEVEREIRO DE 2020 referente a processos seletivos para contratação temporária com cópia em anexo. REQUER ainda que seja encaminhado à Câmara Municipal cópia dos extratos dos contratos temporários firmados pela Prefeitura Municipal nos anos de 2017, 2018 e 2019.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_no_09.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_no_09.2020.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal, solicitar recuperação da estrada vicinal ligando as Comunidades Castelandia, passando pelos povoados Braço I e 11, Cafundó, Tanque, Espirito Santo, Alto Alegre, Campestre, São Vicente, Serra do Burro até Olho D'agua.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Renato de Alcântara</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_no_11.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_no_11.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao exm°.sr. Prefeito Municipal solicitando do mesmo a instalação de iluminação pública nas Comunidades Buritizinho, Prata de Cima e Prata de Baixo em nosso município.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_no_12.2020.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_no_12.2020.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr. Marcelo Castro Senador da República, solicitando do mesmo emenda IMPOSITIVA OU DE BANCADA, para que seja feito a recuperação da Rodovia PI-130 Teresina /Palmeirais / Palmeirais- Amarante</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -757,68 +757,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_decreto_legislativo_no_02.2020_de_06__DBxmWrA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/504/projeto_de_decreto_legislativo_no_03.2020_de_06__vnT6F8B.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_decreto_legislativo_no_04.2020_de_13__xtIzcNh.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/500/projeto_de_decreto_legislativo_no_05.2020_de_12__wUevteV.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/505/projeto_de_decreto_legislativo_no_06.2020_de_05__447YCJF.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_decreto_legislativo_no_07.2020_de_19__T6UxkLw.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/481/projeto_de_lei_no_01.2020_de_30_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/482/projeto_de_lei_no_02.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_no_03.2020_de_14_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_no_04.2020_de_28_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_no_08_de_28_de_agosto_de_2020_ppa.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/513/projeto_de_lei_no_09_de_30_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_no_10.2020_de_25_setembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/515/projeto_de_lei_no_-12-2020_de_26_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/516/projeto_de_lei_no_13_de_24_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_no_14_de_01_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_resolucao_n-_01.2020_de_29_de_maio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_no_01.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/488/requerimento_no_02.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/489/requerimento_no_03.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/491/requerimento_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/492/requerimento_no_06.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_no_07.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_no_08.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_no_09.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_no_11.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_no_12.2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_decreto_legislativo_no_02.2020_de_06__DBxmWrA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/504/projeto_de_decreto_legislativo_no_03.2020_de_06__vnT6F8B.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_decreto_legislativo_no_04.2020_de_13__xtIzcNh.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/500/projeto_de_decreto_legislativo_no_05.2020_de_12__wUevteV.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/505/projeto_de_decreto_legislativo_no_06.2020_de_05__447YCJF.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_decreto_legislativo_no_07.2020_de_19__T6UxkLw.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/481/projeto_de_lei_no_01.2020_de_30_de_janeiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/482/projeto_de_lei_no_02.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_no_03.2020_de_14_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_no_04.2020_de_28_de_fevereiro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_no_08_de_28_de_agosto_de_2020_ppa.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/513/projeto_de_lei_no_09_de_30_de_agosto_de_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_no_10.2020_de_25_setembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/515/projeto_de_lei_no_-12-2020_de_26_de_outubro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/516/projeto_de_lei_no_13_de_24_de_novembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_no_14_de_01_de_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_resolucao_n-_01.2020_de_29_de_maio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/487/requerimento_no_01.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/488/requerimento_no_02.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/489/requerimento_no_03.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/490/requerimento_no_04.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/491/requerimento_no_05.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/492/requerimento_no_06.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/493/requerimento_no_07.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/494/requerimento_no_08.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/499/requerimento_no_09.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/510/requerimento_no_11.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2020/511/requerimento_no_12.2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>