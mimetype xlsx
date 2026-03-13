--- v0 (2025-10-13)
+++ v1 (2026-03-13)
@@ -54,996 +54,996 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Quintino Nunes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_decreto_legislativo_no_01.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_decreto_legislativo_no_01.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de cidadão e dá outras providencias</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rodrigo Eric Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_decreto_legislativo_no_02.2019_de_18__Dokw36x.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_decreto_legislativo_no_02.2019_de_18__Dokw36x.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de TÍTULO HONORÍFICO DE CIDADÃO_x000D_
 PALMEIRAISENSE ao senhor Dayvd Teles Basílio e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_decreto_legislativo_no_03.2019_de_18__BEmsy1q.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_decreto_legislativo_no_03.2019_de_18__BEmsy1q.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de TÍTULO HONORÍFICO DE CIDADÃO_x000D_
 PALMEIRAlSENSE ao senhor Moisés José de Sousa Junior e dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_de_decreto_legislativo_no_04.2019_de_18__4lXdNlO.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_de_decreto_legislativo_no_04.2019_de_18__4lXdNlO.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de TÍTULO HONORÍFICO DE CIDADÃO_x000D_
 PALMEIRAISENSE ao senhor Carlos Alberto Soares e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Reginaldo Soares Veloso Junior</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_de_lei_no_01-2019_de_13_de_fevereiro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_de_lei_no_01-2019_de_13_de_fevereiro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social no Município de Palmeirais (P/) e dá outras providências</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_de_lei_no_02-2019_de_13_de_fevereiro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_de_lei_no_02-2019_de_13_de_fevereiro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste dos vencimentos dos profissionais do magistério público municipal de Palmeirais-PI e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no_03_de_15_de_abril_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no_03_de_15_de_abril_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária Anual - LOA para o exercício financeiro de 2020 para a_x000D_
 reformulação do Plano Plurianual do período 2018 a 2021 e dá outras providências</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Josivaldo Macedo Moura</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_de_lei_no_04-2019_de_26_de_abril_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_de_lei_no_04-2019_de_26_de_abril_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Campanha Permanente de Proteção ao NASCITURO e às GESTANTES no Município de Palmeirais, e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_no_05-2019_de_26_de_abril_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_no_05-2019_de_26_de_abril_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de Programa de Sustentabilidade Ambiental na Rede Municipal de Ensino no âmbito do Município de Palmeirais e dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_no-_06-2019_de_26_de_abril_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_no-_06-2019_de_26_de_abril_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe, no âmbito do Município de Palmeirais, sobre a obrigatoriedade das informações que devem ser disponibilizadas nas placas informativas de obras públicas, e dá outras  providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Genivaldo da Silva Grangeiro</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_no_07-2019_de_26_de_abril_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_no_07-2019_de_26_de_abril_de_2019.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial de Eventos do Município de Palmeirais, a "SEMANA MUNICIPAL DE APOIO AO CRÉDITO AOS MICROS E PEQUENOS EMPREENDEDORES DE PALMEIRAIS " e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_08-2019_de_21_de_junho_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_08-2019_de_21_de_junho_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da cobrança de taxa de religação de energia elétrica (CEPISA) e_x000D_
 restabelecimento do serviço de água (AGESPISA) no município de Palmeirais e da_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_de_lei_no_09.2019_de_20_de_setembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_de_lei_no_09.2019_de_20_de_setembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos nomes dos ocupantes de cargos em comissão na Prefeitura de Palmeirais e dá outras providências</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_de_lei_no_10.2019_de_20_de_setembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_de_lei_no_10.2019_de_20_de_setembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal colocar placas de identificação nas ruas, avenidas e outros_x000D_
 logradouros do perímetro urbano e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_de_lei_no_11.2019_de_23_de_setembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_de_lei_no_11.2019_de_23_de_setembro_de_2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PALMEIRAIS, ESTADO DO_x000D_
 PIAUÍ, PARA O EXERCÍCIO FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_de_lei_no_12.2019_de_04_de_outubro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_de_lei_no_12.2019_de_04_de_outubro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional suplementar de 15% e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_de_lei_no_14.2019_de_11_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_de_lei_no_14.2019_de_11_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial no orçamento vigente, no valor de R$ 629.811,31 (Seiscentos e vinte e nove mil e oitocentos e onze reais e trinta e um centavos), e a criar fonte de recurso em elemento de receita e um programa de trabalho_x000D_
 para viabilizar a execução para o fim a que se destina e dá outras providências.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/496/projeto_de_lei_no_15.2019_de_20_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/496/projeto_de_lei_no_15.2019_de_20_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, para fins de tombamento, o Mercado Público Municipal que menciona, visando a sua conservação e a sua preservação histórica cultural.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_16.2019_de_20_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_16.2019_de_20_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o dia Municipal de Fibromialgia e dá outras providências.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_17.2019_de_20_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_17.2019_de_20_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ponto facultativo para os Agentes Comunitários de Saúde - ACS do Município e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/399/requerimento_n-_01.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/399/requerimento_n-_01.2019.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal a elaboração de projeto para a implantação de sistema de Vigilância Eletrônica na Sede do Município</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/400/requerimento_n-_02.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/400/requerimento_n-_02.2019.pdf</t>
   </si>
   <si>
     <t>Vem na forma Regimental e depois de ouvido o Plenário, requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, solicitado a RECUPERAÇÃO da Estrada Vicinal que liga as comunidades MORROS I RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/401/requerimento_n-_03.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/401/requerimento_n-_03.2019.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal, solicitar Teste Seletivo para educação para contratação temporária de Professores</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/402/requerimento_n-_04.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/402/requerimento_n-_04.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando providencias para que seja construído muro no cemitério do Povoado Tranqueira neste município</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/403/requerimento_n-_05.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/403/requerimento_n-_05.2019.pdf</t>
   </si>
   <si>
     <t>requerer a convocação da Secretária Municipal de Educação para discussão do Processo_x000D_
 de nucleação de Unidades de Ensino da Rede Municipal no Plenário da Câmara Municipal</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/404/requerimento_n-_06.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/404/requerimento_n-_06.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada expediente a sua Excelência o presidente do Tribunal de Justiça do Estado do Piauí (TJ-PI), desembargador Sebastião Ribeiro Martins solicitando_x000D_
 encarecidamente que seja evitado a agregação de nossa Comarca de Palmeirais a de_x000D_
 Amarante</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/405/requerimento_n-_07.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/405/requerimento_n-_07.2019.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Prefeito Municipal a realização de CONCURSO PÚBLICO para contratação de servidores para o Município em especial nas áreas de EDUCAÇÃO e SAÚDE</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/406/requerimento_n-_08.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/406/requerimento_n-_08.2019.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Diretor do DER em Teresina a recuperação da Pl-130 trechos TERESINA/PALMEIRAIS e PALMEIRAIS/AMARANTE</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/407/requerimento_n-_09.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/407/requerimento_n-_09.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente a Exmo. Senhor Prefeito Municipal, solicitando do mesmo, providências no sentido de que seja autorizado a recuperação de trechos de estradas vicinais do Município para facilitar a locomoção de veículos que fazem o_x000D_
 TRANSPORTE ESCOLAR</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/408/requerimento_n-_10.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/408/requerimento_n-_10.2019.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Prefeito Municipal autorização junto a Secretária Municipal de Educação no sentido de que seja enviado a Câmara Municipal a relação nominal das Unidades de_x000D_
 Ensino em funcionamento neste ano de 2019 na sede do Município e zona rural, constando ainda a quantidade de alunos e o quadro de pessoal efetivos, comissionados e prestadores de serviço</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>Joaquim Viana de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/409/requerimento_n-_12.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/409/requerimento_n-_12.2019.pdf</t>
   </si>
   <si>
     <t>Solicita AUTORIZAÇÃO para a limpeza e instalação de iluminação no campo de futebol_x000D_
 do povoado São Joaquim</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/410/requerimento_n-_13.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/410/requerimento_n-_13.2019.pdf</t>
   </si>
   <si>
     <t>Solicita providências no ·. sentido de que seja CONSTRUÍDO um redutor de velocidade em frente a Unidade Escolar SEBASTIÃO SOARES RIBEIRO na sede do Munícipio</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/411/requerimento_n-_14.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/411/requerimento_n-_14.2019.pdf</t>
   </si>
   <si>
     <t>solicita providencias no sentido de que sejam retiradas todas as gambiarras no povoado Tranqueira neste município</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/412/requerimento_n-_15.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/412/requerimento_n-_15.2019.pdf</t>
   </si>
   <si>
     <t>solicita providencias para que seja realizado roço das ruas do povoado Riacho dos Negros neste município</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/413/requerimento_n-_16.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/413/requerimento_n-_16.2019.pdf</t>
   </si>
   <si>
     <t>vem na forma regimental e depois de ouvido o plenário, requerer que seja encaminhado expediente ao senhor Diretor do DER solicitando providências em relação a grande quantidade de animais na pista da Pl-130, trechos de Teresina - Palmeirais e Palmeirais - Amarante</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/414/requerimento_n-_17.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/414/requerimento_n-_17.2019.pdf</t>
   </si>
   <si>
     <t>solicita providencias no sentido que seja autorizado a RECUPERAÇÃO da Rua Luiz Nunes,_x000D_
 Bairro Bacuri nesta cidade.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Genivaldo Cortez de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/415/requerimento_n-_18.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/415/requerimento_n-_18.2019.pdf</t>
   </si>
   <si>
     <t>solicita providências no sentido de que seja construídos na sede do município nos pontos dos mototaxistas cobertura para acomodar-se os mesmos</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/416/requerimento_n-_19.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/416/requerimento_n-_19.2019.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal a elaboração de projeto para a implantação do Arquivo Público Municipal de Palmeirais</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/417/requerimento_n-_20.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/417/requerimento_n-_20.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja por notificada a Senhora Secretária Municipal de Educação em relação a sua convocação para comparecer a Câmara Municipal para prestar informações sobre o_x000D_
 processo de nucleação de Unidades de Ensino da Rede Municipal</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/418/requerimento_n-_21.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/418/requerimento_n-_21.2019.pdf</t>
   </si>
   <si>
     <t>requerer da Senhora secretária Municipal de Educação a relação nominal das Unidades de Ensino da Rede Municipal que estão FECHADAS e quais as providência·s adotadas para a_x000D_
 conservação das instalações físicas</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/419/requerimento_n-_22.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/419/requerimento_n-_22.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao senhor Coordenador Municipal da Defesa Civil solicitando que o mesmo providencie a elaboração de um Plano de Emergência para o atendimento a famílias que vierem a ser afetadas em razão das fortes chuvas</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/420/requerimento_n-_23.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/420/requerimento_n-_23.2019.pdf</t>
   </si>
   <si>
     <t>solicita providências no sentido de que seja autorizado a verificação dos serviços de TRANSPORTE ESCOLAR em nosso Município com a regularização em localidades que_x000D_
 não estão sendo atendidas de forma regular</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Ver. Danny Almeida</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/421/requerimento_n-_24.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/421/requerimento_n-_24.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Excelentíssimo Senhor Flávio Nogueira Deputado Federal, solicitando do mesmo para que apresente no Plenário da Câmara Federal requerimento solicitando da empresa de telefonia móveis Claro S/ A, cobertura para o povoado Riacho dos Negros e adjacências no município de palmeirais Piauí</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/423/requerimento_n-_25.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/423/requerimento_n-_25.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do Tribunal de Contas do Estado- TCE, uma verificação nas contratações feitas pela Prefeitura Municipal sem a realização processo seletivo em especial nas áreas da Educação e da Saúde</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/424/requerimento_n-_26.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/424/requerimento_n-_26.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do senhor Prefeito Municipal providências no sentido de que seja autorizado a regularização da Iluminação Pública no Bairro Bacuri na sede de nosso Município</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/425/requerimento_n-_27.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/425/requerimento_n-_27.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do senhor Prefeito Municipal providências no sentido de que seja autorizado a recuperação da rede de água da Praça Matriz de nossa cidade</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/426/requerimento_n-_28.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/426/requerimento_n-_28.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando providências para que seja revitalizada a Ponte Molhada interligando os bairros pedra da luz e_x000D_
 Bacuri.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/427/requerimento_n-_29.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/427/requerimento_n-_29.2019.pdf</t>
   </si>
   <si>
     <t>solicita providencias para que seja instalada iluminação públicas em todas as comunidades do município de Palmeirais que ainda não são assistidas</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/428/requerimento_n-_30.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/428/requerimento_n-_30.2019.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminha do expediente ao Excelentíssimo Senhor Prefeito Reginaldo Soares Veloso Junior, que seja feito um projeto de iluminação nas ruas do povoado_x000D_
 Brejinho, como também a implantação de calcamento nas mesmas.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/429/requerimento_n-_31.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/429/requerimento_n-_31.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do senhor Presidente do Tribunal de Contas do Estado - TCE/PI, a relação nominal dos servidores do QUADRO EFETIVO da Prefeitura Municipal de Palmeirais cadastrados no_x000D_
 Sistema RH WEB até a presente data</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/430/requerimento_n-_32.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/430/requerimento_n-_32.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr Prefeito Municipal, solicitando limpeza das ruas do Bairro Mucambo</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/431/requerimento_n-_33.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/431/requerimento_n-_33.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do senhor Diretor Presidente da AGESPISA que seja autorizado a conclusão da obra referente ao poço tubular já perfurado no "bairro campo do Palmeiras", na sede do_x000D_
 Município</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/432/requerimento_n-_34.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/432/requerimento_n-_34.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do senhor Presidente da Fundação dos Esportes do Piauí (Fundespi) providências no sentido que seja viabilizado a recuperação do Estádio de Futebol "RUFINÃO" na sede de_x000D_
 nosso Município.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/433/requerimento_n-_35.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/433/requerimento_n-_35.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao senhor Secretário de Segurança do Estado solicitando a Recuperação da Delegacia no Município e o aumento do Efetivo de policiais</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_n-_41.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_n-_41.2019.pdf</t>
   </si>
   <si>
     <t>solicitar do senhor Prefeito Municipal providências no sentido de que seja regularizado o fornecimento de Merenda Escolar nas Unidades de Ensino da Rede Municipal</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_n-_42.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_n-_42.2019.pdf</t>
   </si>
   <si>
     <t>Requerer da senhora Secretária Municipal de Educação o envio a este Poder, cópia dos cardápios da Merenda Escolar que foram enviados as Escolas e Creches da Rede Municipal de Ensino neste ano letivo até a data de 14.06.2019</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/441/requerimento_n-_43.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/441/requerimento_n-_43.2019.pdf</t>
   </si>
   <si>
     <t>Solicitar do senhor Prefeito Municipal providências no sentido que seja viabilizado a desapropriação do Prédio da CNEC onde por muitos anos funcionou o nosso GINÁSIO e depois o Curso Pedagógico</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/442/requerimento_n-_44.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/442/requerimento_n-_44.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente a Exmo. Senhor Prefeito Municipal, solicitando do mesmo, providências no sentido de que seja autorizado a recuperação de trechos de calçamentos na cidade</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/443/requerimento_n-_45.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/443/requerimento_n-_45.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Diretor do DER em Teresina a construção de um QUEBRA MOLA em frente ao Posto de Saúde da comunidade Castelo na PI-130, trecho PALMEIRAIS/AMARANTE</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/444/requerimento_n-_46.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/444/requerimento_n-_46.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizado a organização do tráfego e estacionamento na área central da cidade com inclusive a delimitação de áreas especificas para o Moto Taxistas</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/445/requerimento_n-_47.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/445/requerimento_n-_47.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado do senhor Prefeito Municipal providências no sentido de que seja autorizado a recuperação do Matadouro Público no Bairro Santa Rosa</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/446/requerimento_n-_48.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/446/requerimento_n-_48.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja solicitado do senhor Diretor do DER Teresina a construção de um QUEBRA MOLA em frente a Igreja da comunidade Barroca Funda na PI-130, trecho PALMEIRAIS/AMARANTE</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/447/requerimento_n-_49.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/447/requerimento_n-_49.2019.pdf</t>
   </si>
   <si>
     <t>REQUERER do senhor Prefeito Municipal providências no sendo de que sejam definidas localizações de áreas para construção de três academias populares sendo: uma no Bairro Bacuri em frente a Unidade Escolar OSANDY TEIXEIRA, uma nas proximidades da Rodoviária e outra na praça AGENOR BARBOSA DE ALMEIDA</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/448/requerimento_n-_50.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/448/requerimento_n-_50.2019.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Prefeito Municipal autorização para que seja encaminhado para a Câmara Municipal cópia do Projeto de Reforma do Hospital de nossa cidade</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n-_51.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n-_51.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado ao limo. Senhor Prefeito Municipal de Palmeirais, solicitando providencias no sentido de que seja reformado_x000D_
 0 prédio do mercado público na sede da cidade</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/450/requerimento_n-_52.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/450/requerimento_n-_52.2019.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado ao limo. Senhor Prefeito Municipal de Palmeirais, solicitando providencias no sentido de que seja reformado_x000D_
 o galpão da feira livre no centro da cidade</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/451/requerimento_n-_53.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/451/requerimento_n-_53.2019.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Prefeito Municipal, providências no sentido de que seja procedido a arrecadação pelo Município os imóveis PRÉDIO DA CNEC e o_x000D_
 PRÉDIO DA CEPISA localizados na cidade</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/452/requerimento_n-_54.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/452/requerimento_n-_54.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando providencias para reforma e ampliação do posto de saúde do Povoado São Joaquim neste município</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/453/requerimento_n-_55.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/453/requerimento_n-_55.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando providencias para que seja reformada a estrada vicinal ligando a PI 130 passando pelas Localidades Buritizinho, Saco do Permino até o Assentamento Água Branca neste Município</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/454/requerimento_n-_56.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/454/requerimento_n-_56.2019.pdf</t>
   </si>
   <si>
     <t>requerer do senhor Presidente do Tribunal de Contas do Estado - TCE autorização no sentido de que seja encaminhado a este Poder cópias do Planos de Aplicação dos recursos do precatório do Fundef apresentados pelos Gestores do Município em 2016 e 2017 em cumprimento a determinação do citado Tribunal</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/455/requerimento_n-_57.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/455/requerimento_n-_57.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminha a ele a relação de todos os funcionários da câmara com seus cargos e seus horários de trabalho</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Danny de Almeida Cavalcante</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n-_58.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n-_58.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminha do expediente ao Excelentíssimo Senhor Prefeito Reginaldo Soares Veloso Junior, que seja disponibilizado o caminhão pipa para que pudesse molhar o local dos festejos do povoado Riacho dos Negros nos dias 28 (Vinte e Oito) de setembro e 05 (cinco) de outubro.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/457/requerimento_n-_59.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/457/requerimento_n-_59.2019.pdf</t>
   </si>
   <si>
     <t>Requerer do senhor Presidente do Tribunal de Contas do Estado - TCE autorização no sentido de que seja encaminhado a este Poder cópias do Planos de Aplicação dos recursos do precatório do Fundef apresentados pelos Gestores do Município em 2016 e 2017 em cumprimento a determinação do citado Tribunal.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_n-_60.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_n-_60.2019.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de Audiência Pública tendo como Tema: "A Atual Situação Administrativa e Financeira do Município</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/459/requerimento_n-_61.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/459/requerimento_n-_61.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminha do expediente ao Excelentíssimo Senhor Prefeito Reginaldo Soares Veloso Junior, que seja feito todos os levantamentos dos débitos de prefeitura a descrição e o período aquisição e a descriminação e valor atualizado dos débitos</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n-_62.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n-_62.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminha do expediente ao Excelentíssimo Senhor Prefeito Reginaldo Soares Veloso Junior, que seja criada para o ano de 2020 o primeiro circuito municipal de vaquejada</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/461/requerimento_n-_63.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/461/requerimento_n-_63.2019.pdf</t>
   </si>
   <si>
     <t>Requer a autorização desse poder para a realização de uma audiência pública com o objetivo de discutir a situação da Comarca de Palmeirais tendo em vista a AGREGAÇÃO à Comarca de Amarante - PI</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/462/requerimento_n-_64.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/462/requerimento_n-_64.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminha do expediente ao Excelentíssimo Senhor Prefeito Reginaldo Soares Veloso Junior, e para o presidente da Agespisa o senhor Genival Brito de Carvalho, para que sejam informada para essa casa todos os poços públicos sejam eles municipais ou estaduais, que estão em nosso município</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/463/requerimento_n-_65.2019.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/463/requerimento_n-_65.2019.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminha do expediente ao Excelentíssimo Senhor Prefeito Reginaldo Soares Veloso Junior e ao Excelentíssimo Senhor Presidente da empresa Equatorial Raimundo nonato Alencar de Castro, que seja feito todo o levantamento e vê as condições se é ou não possível ser feita as instalações dos splits de 24.000 Btus que se encontram na escola Presidente Castelo Branco, na localidade São Joaquim</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1350,68 +1350,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_decreto_legislativo_no_01.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_decreto_legislativo_no_02.2019_de_18__Dokw36x.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_decreto_legislativo_no_03.2019_de_18__BEmsy1q.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_de_decreto_legislativo_no_04.2019_de_18__4lXdNlO.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_de_lei_no_01-2019_de_13_de_fevereiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_de_lei_no_02-2019_de_13_de_fevereiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no_03_de_15_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_de_lei_no_04-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_no_05-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_no-_06-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_no_07-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_08-2019_de_21_de_junho_de_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_de_lei_no_09.2019_de_20_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_de_lei_no_10.2019_de_20_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_de_lei_no_11.2019_de_23_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_de_lei_no_12.2019_de_04_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_de_lei_no_14.2019_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/496/projeto_de_lei_no_15.2019_de_20_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_16.2019_de_20_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_17.2019_de_20_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/399/requerimento_n-_01.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/400/requerimento_n-_02.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/401/requerimento_n-_03.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/402/requerimento_n-_04.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/403/requerimento_n-_05.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/404/requerimento_n-_06.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/405/requerimento_n-_07.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/406/requerimento_n-_08.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/407/requerimento_n-_09.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/408/requerimento_n-_10.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/409/requerimento_n-_12.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/410/requerimento_n-_13.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/411/requerimento_n-_14.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/412/requerimento_n-_15.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/413/requerimento_n-_16.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/414/requerimento_n-_17.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/415/requerimento_n-_18.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/416/requerimento_n-_19.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/417/requerimento_n-_20.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/418/requerimento_n-_21.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/419/requerimento_n-_22.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/420/requerimento_n-_23.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/421/requerimento_n-_24.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/423/requerimento_n-_25.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/424/requerimento_n-_26.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/425/requerimento_n-_27.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/426/requerimento_n-_28.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/427/requerimento_n-_29.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/428/requerimento_n-_30.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/429/requerimento_n-_31.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/430/requerimento_n-_32.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/431/requerimento_n-_33.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/432/requerimento_n-_34.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/433/requerimento_n-_35.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_n-_41.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_n-_42.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/441/requerimento_n-_43.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/442/requerimento_n-_44.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/443/requerimento_n-_45.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/444/requerimento_n-_46.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/445/requerimento_n-_47.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/446/requerimento_n-_48.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/447/requerimento_n-_49.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/448/requerimento_n-_50.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n-_51.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/450/requerimento_n-_52.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/451/requerimento_n-_53.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/452/requerimento_n-_54.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/453/requerimento_n-_55.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/454/requerimento_n-_56.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/455/requerimento_n-_57.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n-_58.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/457/requerimento_n-_59.2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_n-_60.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/459/requerimento_n-_61.2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n-_62.2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/461/requerimento_n-_63.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/462/requerimento_n-_64.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/463/requerimento_n-_65.2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_decreto_legislativo_no_01.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_decreto_legislativo_no_02.2019_de_18__Dokw36x.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_decreto_legislativo_no_03.2019_de_18__BEmsy1q.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_de_decreto_legislativo_no_04.2019_de_18__4lXdNlO.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_de_lei_no_01-2019_de_13_de_fevereiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_de_lei_no_02-2019_de_13_de_fevereiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_de_lei_no_03_de_15_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_de_lei_no_04-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_de_lei_no_05-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_de_lei_no-_06-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_de_lei_no_07-2019_de_26_de_abril_de_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_de_lei_no_08-2019_de_21_de_junho_de_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_de_lei_no_09.2019_de_20_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_de_lei_no_10.2019_de_20_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_de_lei_no_11.2019_de_23_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_de_lei_no_12.2019_de_04_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_de_lei_no_14.2019_de_11_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/496/projeto_de_lei_no_15.2019_de_20_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_16.2019_de_20_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_17.2019_de_20_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/399/requerimento_n-_01.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/400/requerimento_n-_02.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/401/requerimento_n-_03.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/402/requerimento_n-_04.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/403/requerimento_n-_05.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/404/requerimento_n-_06.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/405/requerimento_n-_07.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/406/requerimento_n-_08.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/407/requerimento_n-_09.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/408/requerimento_n-_10.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/409/requerimento_n-_12.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/410/requerimento_n-_13.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/411/requerimento_n-_14.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/412/requerimento_n-_15.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/413/requerimento_n-_16.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/414/requerimento_n-_17.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/415/requerimento_n-_18.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/416/requerimento_n-_19.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/417/requerimento_n-_20.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/418/requerimento_n-_21.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/419/requerimento_n-_22.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/420/requerimento_n-_23.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/421/requerimento_n-_24.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/423/requerimento_n-_25.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/424/requerimento_n-_26.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/425/requerimento_n-_27.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/426/requerimento_n-_28.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/427/requerimento_n-_29.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/428/requerimento_n-_30.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/429/requerimento_n-_31.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/430/requerimento_n-_32.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/431/requerimento_n-_33.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/432/requerimento_n-_34.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/433/requerimento_n-_35.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/439/requerimento_n-_41.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/440/requerimento_n-_42.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/441/requerimento_n-_43.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/442/requerimento_n-_44.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/443/requerimento_n-_45.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/444/requerimento_n-_46.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/445/requerimento_n-_47.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/446/requerimento_n-_48.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/447/requerimento_n-_49.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/448/requerimento_n-_50.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n-_51.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/450/requerimento_n-_52.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/451/requerimento_n-_53.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/452/requerimento_n-_54.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/453/requerimento_n-_55.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/454/requerimento_n-_56.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/455/requerimento_n-_57.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n-_58.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/457/requerimento_n-_59.2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/458/requerimento_n-_60.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/459/requerimento_n-_61.2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n-_62.2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/461/requerimento_n-_63.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/462/requerimento_n-_64.2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2019/463/requerimento_n-_65.2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>