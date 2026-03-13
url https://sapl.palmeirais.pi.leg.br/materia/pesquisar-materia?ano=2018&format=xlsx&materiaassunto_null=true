--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -51,1000 +51,1000 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>D PREÂMBULO DA PROJETA DE LEI Nº- 01/2018 DE INCIATIVA DO PODER EXECUTIVO PASSA A TER A SEGUINTE REDAÇÃO:_x000D_
 "O PREFEITO MUNICIPAL DE PALMEIRAIS, .ESTADO DO PIAUÍ. FAZ SABER QUE A CÂMARA MUNICIPAL APROVOU E ELE SANCIONA A SEGUINTE LEI: "</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORAR A REDAÇÃO DO PROJETO DE LEI DE INICIATIVA DO PODER EXECUTIVO. SE ADEQUANDO A ATUAL SITUAÇÃO ECONÔMICA DO MUNICÍPIO EM RELAÇÃO AOS REPASSES DO FUNDEB E DISPONDO AINDA SOBRE AS CONTRIBUIÇÕES DO INSS PARA QUE OS PROFISSIONAIS DA EDUCAÇÃO TENHAM GARANTIDO SUAS APOSENTADORIAS_x000D_
 DE FORMA INTEGRAL.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>Comissão de Justiça, Constituição e Assuntos Municipais</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS VENCIMENTOS DOS SERVIDORES DA EDUCAÇÃO DE PALMEIRAIS - PI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Reginaldo Soares Veloso Junior</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/293/293_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VENCIMENTOS DOS SERVIDORES DA EDUCAÇÃO DE PALMEIRAIS-PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>Josivaldo Macedo Moura</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/318/318_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DO TELEFONE DO CONSELHO TUTELAR NOS ESTABELECIMENTOS DE ENSINO NO ÂMBITO DO MUNICÍPIO DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rodrigo Eric Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/319/319_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DA LISTAGEM DE MEDICAMENTOS GRATUITOS DISPONÍVEIS E, EM FALTA NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI. NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE PALMEIRAIS. O "DIA MUNICIPAL DA VAQUEJADA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO CONCURSO PARA A CRIAÇÃO DO HINO DO MUNICÍPIO DE PALMEIRAIS COMO UM DOS SÍMBOLOS DO MUNICÍPIO, COM FULCRO NO ARTIGO ART 3º DA LEI_x000D_
 ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Genivaldo Cortez de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE BANHEIROS QUÍMICOS ADAPTADOS EM EVENTOS REALIZADOS NO MUNICÍPIO DE PALMEIRAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARREIRA DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE PALMEIRAIS - PI E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL - LOA PARA O EXERCÍCIO FINANCEIRO DE 2019, PARA A REFORMULAÇÃO DO PLANO PLURIANUAL DO PERÍODO 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Genivaldo da Silva Grangeiro</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO VOLUNTÁRIO NO MUNICÍPIO DE PALMEIRAIS CRIA O PROGRAMA VOLUNTÁRIO CUIDANDO DE PALMEIRAIS, FIXA NO CALENDÁRIO MUNICIPAL O DIA 28 DE_x000D_
 AGOSTO DE CADA ANO COMO DIA DO VOLUNTÁRIO DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_le_i_no_12_de_22_de_outubro_de_2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_le_i_no_12_de_22_de_outubro_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_no_13-2018_de_03_de_novembro_de_2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_no_13-2018_de_03_de_novembro_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do Hino Nacional, nos estabelecimentos do Ensino Fundamental no âmbito do Município de Palmeirais e dá outras providências</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_no_15-2018_de_10_de_dezembro_de_2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_no_15-2018_de_10_de_dezembro_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei Federal de nº 13.708/2018 em âmbito Municipal, que, consequentemente, altera a Lei Municipal de nº 05/2014 em seu art. 1º e parágrafo único</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/316/316_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. S.R. PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA IMPLANTADO NO MUNICÍPIO, PROGRAMA DE DISTRIBUIÇÃO DE FARDAMENTO ESCOLAR PARA OS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. S.R. PREFEITO MUNICIPAL, SOLICITAR DO SENHOR SECRETÁRIO DE SEGURANÇA DO ESTADO O AUMENTO DO POLICIAMENTO CIVIL E MILITAR EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. S.R. PREFEITO MUNICIPAL, SOLICITANDO PROVIDÊNCIAS NO SENTIDO QUE SEJA REALIZADO CONCURSO PÚBLICO EM NOSSO MUNICÍPIO EM ESPECIAL AS ÁREAS DE EDUCAÇÃO E SAÚDE.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO SENHOR DIRETOR DO DER EM TERESINA SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE QUE SEJA AUTORIZADO A CONSTRUÇÃO DE QUEBRA MOLAS NAS COMUNIDADES CORRENTE I, CORRENTE II, PENICILINA E CASTELO QUE FICAM AS MARGENS DA PI-130, TRECHO PALMEIRAIS/AMARANTE.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO RECUPERAÇÃO DA RUA SANTA HELENA NO BAIRRO NICOLAU.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO RECUPERAÇÃO DA PRAÇA DO POVOADO RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/299/299_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO QUE SEJA INTERLIGADO O SISTEMA DE ABASTECIMENTO D'ÁGUA DO POÇO DA COMUNIDADE NASCIMENTO PARA A COMUNIDADE VITÓRIA</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/300/300_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO LIMO. SR. DIRETOR DO DER-PI, SOLICITANDO A QUE SEJA FEITO RECUPERAÇÃO DE TAPA BURACOS NA PL-130 TERESINA/PALMEIRAIS, PALMEIRAIS/AMARANTE</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/301/301_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR DO SENHOR PREFEITO MUNICIPAL O ENVIO DO PROJETO DE LEI INSTITUINDO O NOVO PLANO DE CARREIRA E REMUNERAÇÃO DO MAGISTÉRIO E DOS DEMAIS SERVIDORES DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/302/302_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL O ENVIO A ESTE PODER DE PROJETO DE_x000D_
 LEI DISCIPLINANDO A CONTRATAÇÃO TEMPORÁRIA QUE DEVE SE DAR POR TESTE SELETIVO COMO DETERMINA A LEGISLAÇÃO EM VIGOR.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/303/303_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE A EXMO. SENHOR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA AUTORIZADO OS SERVIÇOS DE RECUPERAÇÃO DAS RUAS E AVENIDAS DA ZONA URBANA QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/304/304_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO PROVIDENCIAS PARA QUE O MESMO ADÉQUE AO NOSSO MUNICÍPIO O PROGRAMA INTERNET PARA TODOS</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/305/305_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL, O ENVIO A ESTE PODER DE RELATÓRIO SOBRE A APLICAÇÃO DOS RECURSOS DO PRECATÓRIO DO FUNDEF NO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE QUE SEJA RECUPERADO A ESTRADA VICINAL PARTINDO DO POVOADO CASTELÂNDIA PASSANDO PELAS COMUNIDADES BRAÇO, CAFUNDÓ, TANQUE, ESPIRITO SANTO, ALTO ALEGRE, CAMPESTRE, SÃO VICENTE, OLHO D'ÁGUA E SERRA DO BURRO</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/307/307_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE QUE SEJA RECUPERADO A ESTRADA VICINAL DE APENAS 03 (TRÊS) KM DA ESTRADA QUE INTERLIGA A COMUNIDADE PONTA D'ÁGUA PARA O ASSENTAMENTO LEANDRO.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/308/308_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE QUE SEJA RECUPERADO A ESTRADA VICINAL INICIANDO DO CAMPO DO PALMEIRAS PASSANDO PELAS COMUNIDADES BAIXA FRIA BAIXA SECA, SANTO LNOFRE E BAIXA GRANDE.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/309/309_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE QUE SEJA_x000D_
 RECUPERADO A ESTRADA VICINAL PARTINDO DO CRUZAMENTO DA COMUNIDADE CABECEIRAS DO ALFERES PASSANDO POVOADO SERRA DA SOLTA ATÉ O POVOADO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/310/310_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADA EXPEDIENTE AO SENHOR COORDENADOR MUNICIPAL DE DEFESA CIVIL DO MUNICÍPIO EX-VEREADOR JOÃO CARDOSO DOS SANTOS SOLICITANDO DO MESMO INFORMAÇÕES SOBRE AS AÇÕES PROGRAMADAS E JÁ REALIZADAS PELA DEFESA CIVIL EM FACE DAS FORTES CHUVAS QUE VEM OCORRENDO NO MUNICÍPIO. PODENDO O MESMO SE ACHAR CONVENIENTE COMPARECER A CÂMARA MUNICIPAL PARA PRESTAR ESTAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/311/311_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. SECRETÁRIO ESTADUAL DE SEGURANÇA PÚBLICA DO ESTADO DO PIAUÍ. DEP. FÁBIO ABREU SOLICITANDO QUE SEJA DESIGNADO PARA RESPONDER COMO DELEGADO DE POLÍCIA DO 19º DP EM NOSSO MUNICÍPIO DE PALMEIRAIS O AGENTE DE POLÍCIA DA 1ª CLASSE O SENHOR JAIME DE BRITO NASCIMENTO JUNIOR</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Joaquim Viana de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/312/312_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, REGINALDO SOARES VELOSO JUNIOR, SOLICITANDO QUE SEJA RECOLOCADAS AS LÂMPADAS NOS POSTES DE ILUMINAÇÃO PÚBLICA NO ASSENTAMENTO CHEGUEVARA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/313/313_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR.PREFEITO MUNICIPAL, REGINALDO SOARES VELOSO JUNIOR, SOLICITANDO QUE SEJA RECOLOCADAS AS LÂMPADAS NOS POSTE DE ILUMINAÇÃO PÚBLICA NO ASSENTAMENTO JOSÉ CONSTÂNCIA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/314/314_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO QUE SEJA REFORMADO O GINÁSIO POLISPORTIVO DO POVOADO RIACHO DOS NEGROS PRINCIPALMENTE A ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/323/323_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR DO PCDOB, COM ASSENTO NESTE PODER, VEM NA FORMA PREVISTA NA LEGISLAÇÃO EM VIGOR E DEPOIS DE OUVIDO O PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SENHOR DIRETOR DA ELETROBRÁS EM TERESINA SOLICITANDO DO MESMO PROVIDÊNCIAS NO SENTIDO DE QUE SEJA REALIZADO UM ROÇO SOB AS LINHAS DE TRANSMISSÃO DA REDE DE ENERGIA NO TRECHO DE TERESINA A PALMEIRAIS</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/324/324_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO QUE SEJA INSTALADAS LÂMPADAS NOS POSTES DE ILUMINAÇÃO PÚBLICA NAS COMUNIDADES MATINHA E CAFUNDÓ NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/325/325_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA SOLICITADO DO SENHOR PREFEITO PROVIDÊNCIAS NO SENTIDO DE QUE SEJA AUTORIZADO A RECUPERAÇÃO DA RUA SANTA HELENA NO BAIRRO NICOLAU NESTA CIDADE.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/326/326_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE QUE_x000D_
 SEJA AUTORIZADO A REFORMA E AMPLIAÇÃO DA UNIDADE BÁSICA DE SAÚDE (UBS)_x000D_
 LOCALIZADA NA COMUNIDADE CASTELO ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/327/327_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DA SENHORA SECRETARIA MUNICIPAL DE EDUCAÇÃO A RELAÇÃO DAS UNIDADES DE ENSINO DA REDE MUNICIPAL QUE OFERTAM O ENSINO FUNDAMENTAL EM TEMPO INTEGRAL COM O RESPECTIVO NÚMERO DE ALUNOS</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/328/328_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SENHOR PREFEITO MUNICIPAL SOLICITANDO MELHORIAS NA RUA PRINCIPAL QUE DAR ACESSO AO BAIRRO NICOLAU</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/331/331_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA RECUPERADO O BANHEIRO DO MERCADO PUBLICO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/332/332_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA RECUPERADO O GALPÃO DA FEIRA LIVRE NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/333/333_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, AUTORIZE O ROÇO DA RUA ABRIGO DOS INUNDADOS NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO QUE SEJA REATIVADA HORTA COMUNITÁRIA NA SEDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Quintino Nunes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SENHOR DIRETOR-PRESIDENTE DA ELETROBRAS-PI, SOLICITANDO QUE SEJA INSTALADA A REDE DE ILUMINAÇÃO PÚBLICA NO ASSENTAMENTO ÁGUA BRANCA.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SENHOR PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO PROVIDENCIAS NA RECUPERAÇÃO DO CHAFARIZ DA COMUNIDADE BOA NOVA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SENHOR DIRETOR-PRESIDENTE_x000D_
 DA ELETROBRÁS-PI, SOLICITANDO QUE SEJA RETIRADA GAMBIARRAS E SUBSTITUÍDA_x000D_
 POR REDE DE BAIXA TENSÃO NA COMUNIDADE TRANQUEIRA.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER EXPEDIENTE AO LIMO SR SECRETÁRIO MUNICIPAL DE SAÚDE. SOLICITANDO DO MESMO QUE SEJA DESENVOLVIDA UMA AÇÃO VOLTADA PARA O ATENDIMENTO MÉDICO PARA ATENDIMENTO AOS COMERCIANTES, FEIRANTES E MAGAREFES.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL PROVIDÊNCIAS NO SENTIDO DE QUE SEJA AUTORIZADO A REFORMA E RECUPERAÇÃO DA UNIDADE ESCOLAR DA REDE MUNICIPAL DE ENSINO DA COMUNIDADE SÃO JOAQUIM</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/340/340_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER EXPEDIENTE AO EXMO SR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO QUE SEJA ELABORADO PROJETO DE LEI DENOMINANDO A PONTE DO ESPÍRITO SANTO COM A SEGUINTE DENOMINAÇÃO: ENOQUE TEIXEIRA E SILVA.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA SOLICITADO DO SENHOR PREFEITO PROVIDÊNCIAS NO SENTIDO DE QUE SEJA AUTORIZADO A RECUPERAÇÃO DA ESTRADA VICINAL QUE LIGA AS COMUNIDADES CORRENTE AO POVOADO SACO COM O TRECHO ATÉ A FAZENDA TABOCA.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/342/342_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO LIMO. SR. SECRETÁRIO MUNICIPAL DE ESPORTE E AO EXMO SR. PREFEITO MUNICIPAL, SOLICITANDO COM URGÊNCIA PROVIDENCIAS PARA QUE SEJA FEITO O ROÇO DO CAMPO DE FUTEBOL DO POVOADO RIACHO DOS NEGROS NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/343/343_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO ILMO. SR. SECRETÁRIO MUNICIPAL DE AGRICULTURA, SOLICITANDO CUMPRIMENTO A LEI MUNICIPAL N° 08/2017.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO ILRNO. SR. PREFEITO MUNICIPAL, SOLICITANDO PROVIDENCIAS NO SENTIDO QUE SEJA REFORMADA A_x000D_
 LADEIRA DA ESTRADA QUE LIGA A COMUNIDADE BOA NOVA A COMUNIDADE_x000D_
 TRANQUEIRA NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/359/359_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA ENVIADO A CÂMARA MUNICIPAL A RELAÇÃO DOS PROFESSORES DA REDE MUNICIPAL DE ENSINO COM A ATUAL LOTAÇÃO, CARGA HORÁRIA SEMANAL E REGIME DE TRABALHO SE ESTATUTÁRIO, CELETISTA OU PRESTADOR DE SERVIÇOS COM SUAS RESPECTIVAS REMUNERAÇÕES.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO SENHOR PREFEITO MUNICIPAL, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA ENVIADO A CÂMARA MUNICIPAL A DOCUMENTAÇÃO DOS VEÍCULOS ALOCADOS PARA O MUNICÍPIO E A DOCUMENTAÇÃO DOS RESPECTIVOS MOTORISTAS</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO PROVIDENCIAS PARA QUE O MESMO INSTALE CÂMERAS EM PONTOS ESTRATÉGICOS NA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE A EXMO. SENHOR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA CONCLUÍDA A ABERTURA DA RUA SÃO LUIZ NO BAIRRO "SERRA NEGRA" DANDO ACESSO AO BAIRRO SÃO JOÃO BATISTA NA SEDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE A ILMA. SRA. SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO QUE DESIGNE AS DIRETORIAS DE TODAS AS ESCOLAS DA REDE MUNICIPAL PARA QUE SEJA FIXADO EM LOCAIS VISÍVEIS AS SENHAS DOS WI-FI.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA ENVIADO A CÂMARA MUNICIPAL PROJETO DE LEI COM O OBJETIVO DE IMPLANTAR NO MUNICÍPIO UM PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PRESIDENTE DO TRIBUNAL DE CONTAS DO ESTADO - TCE/PI, INFORMAÇÕES SOBRE A APLICAÇÃO DOS RECURSOS DO PRECATÓRIO DO FUNDEF EM NOSSO MUNICÍPIO NO ANO DE 2017, COM DETALHAMENTO DE SUA APLICAÇÃO E O CUMPRIMENTO DAS NORMAS ESTABELECIDAS PELO TCE/PI.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADA EXPEDIENTE AO SENHOR COORDENADOR MUNICIPAL DE DEFESA CIVIL DO MUNICÍPIO EX-VEREADOR JOÃO CARDOSO DOS SANTOS, REQUERENDO DO MESMO O SEU COMPARECIMENTO A CÂMARA MUNICIPAL PARA PRESTAR INFORMAÇÕES SOBRE AS AÇÕES PROGRAMADAS PARA O COMBATE AS QUEIMADAS NO MUNICÍPIO QUE ANUALMENTE OCORRE NOS MESES DE AGOSTO A NOVEMBRO EM ESPECIAL</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR PREFEITO MUNICIPAL, SOLICITANDO DO MESMO, PROVIDÊNCIAS NO SENTIDO DE QUE SEJA REGULARIZADO O ROÇO DE RUAS NA ZONA URBANA DO MUNICÍPIO DETERMINANDO O USO DE PROTEÇÃO A EXEMPLO DO QUE JÁ É FEITO EM OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO EXPEDIENTE AO EXMO.SR. REGINALDO SOARES VELOSO JR. PREFEITO MUNICIPAL, SOLICITANDO PROVIDENCIAS NO SENTIDO DE QUE SEJA FEITO COM BREVIDADE PINTURAS E SINALIZAÇÕES DOS QUEBRA MOLAS EXISTENTES NA SEDE DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/390/requerimento_no_60-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/390/requerimento_no_60-2018.pdf</t>
   </si>
   <si>
     <t>REQUERER da senhora Secretaria Municipal de Educação informação sobre os valores referente ao pagamento de pessoal em relação ao Magistério (60,0%) e Demais Servidores (40,0%). REQUERER ainda a relação atual dos Professores da Rede Municipal de Ensino com respectiva lotação, carga horária e remuneração</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/382/requerimento_no_61-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/382/requerimento_no_61-2018.pdf</t>
   </si>
   <si>
     <t>REQUERER do senhor Prefeito Municipal, autorização para a arborização das avenidas: BELÉM, MARCOLINO RIBEIRO, ADALGISO RIBEIRO e GONÇALO BARBOSA SOARES</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/383/requerimento_no_62-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/383/requerimento_no_62-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhada expediente ao Diretor do DER solicitando providências no sentido que sejam sinalizados FAIXAS para PEDESTRES na PI-130,  trechos PALMEIRAIS/AMARANTE e PALMEIRAIS/TERESINA numa extensão de pelo menos 3,0 km</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/384/requerimento_no_63-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/384/requerimento_no_63-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Exmo. Sr Prefeito Municipal, solicitando do mesmo, providências no sentido de que seja autorizado o uso de PROTEÇÃO contra poeira e lixo por parte dos trabalhadores que fazem o roço e limpeza das ruas e avenidas da cidade</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Josivaldo Macedo Moura, Genivaldo Cortez de Sousa, Genivaldo da Silva Grangeiro, Jeremias Ribeiro Campos (Dedeca), Joaquim Viana de Sousa, Quintino Nunes da Silva, Renato de Alcântara, Rodrigo Eric Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/385/requerimento_no_64-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/385/requerimento_no_64-2018.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados com assento neste poder vem na forma regimental e depois de ouvido o plenário, requerer que seja encaminhado expediente ao ilmo Sr. Diretor -Presidente da Eletrobras, distribuição Piauí, solicitando que seja feito uma reforma e ampliação nas redes de alta tensão de energia elétrica que atende o município de Palmeirais</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando providencias para que seja construído um boeiro na estrada vicinal que dá acesso para a comunidade baixão da canoa.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/387/requerimento_no_66-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/387/requerimento_no_66-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal, Reginaldo Soares Veloso Júnior, solicitando providências no sentido de reformar a estrada vicinal que dar acesso a Localidade Baixa Grande neste município</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/388/requerimento_no_67-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/388/requerimento_no_67-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal e o Exmo. Senhor Secretario Municipal de Saúde, solicitando providências no sentido de que seja construído Posto de Saúde na Localidade VACA PIADA zona rural do nosso município</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Renato de Alcântara</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/391/requerimento_no_68-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/391/requerimento_no_68-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja encaminhado expediente ao Exmo Sr Prefeito Municipal Sr. Reginaldo Soares Veloso Junior, solicitando providencias para que seja construída uma Academia Pública no Assentamento Fruteiras neste Município</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Jeremias Ribeiro Campos (Dedeca)</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/392/requerimento_no_69-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/392/requerimento_no_69-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja solicitado do senhor Prefeito Municipal, providências com vistas a distribuição de sementes para os Pequenos Produtores do Município</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/393/requerimento_no_70-2018.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/393/requerimento_no_70-2018.pdf</t>
   </si>
   <si>
     <t>requerer que seja solicitado do senhor Prefeito, providências no sentido de que seja encaminhado a este Poder, Projeto de Lei concedendo aos AGENTES COMUNITÁRIOS DE SAÚDE e aos AGENTES DE COMBATE ÀS ENDEMIAS os valores do piso salarial definido na Lei Federal N!!- 13.708 de 14 de agosto do corrente ano, como vencimento inicial da carreira.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1351,68 +1351,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_le_i_no_12_de_22_de_outubro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_no_13-2018_de_03_de_novembro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_no_15-2018_de_10_de_dezembro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/390/requerimento_no_60-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/382/requerimento_no_61-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/383/requerimento_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/384/requerimento_no_63-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/385/requerimento_no_64-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/387/requerimento_no_66-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/388/requerimento_no_67-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/391/requerimento_no_68-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/392/requerimento_no_69-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/393/requerimento_no_70-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/394/projeto_de_le_i_no_12_de_22_de_outubro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/395/projeto_de_lei_no_13-2018_de_03_de_novembro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/396/projeto_de_lei_no_15-2018_de_10_de_dezembro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/390/requerimento_no_60-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/382/requerimento_no_61-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/383/requerimento_no_62-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/384/requerimento_no_63-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/385/requerimento_no_64-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/387/requerimento_no_66-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/388/requerimento_no_67-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/391/requerimento_no_68-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/392/requerimento_no_69-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/sapl/public/materialegislativa/2018/393/requerimento_no_70-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="194" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>