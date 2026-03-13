--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -54,369 +54,369 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ART. 60 DA LEI ORGÂNICA DO MUNICÍPIO DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO EVANGELHO NO MUNICÍPIO DE PALMEIRAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Reginaldo Soares Veloso Junior</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/182/182_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO NÚCLEO URBANO SÍTIOS BONANZA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CONCESSÃO DE COMPLEMENTAÇÃO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMEMORAÇÃO DO CENTENÁRIO DO EX-PREFEITO ANTENOR BARBOSA DE ALMEIDA JUNTO AO PODER LEGISLATIVO MUNICIPAL DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DA ESTRADA VICINAL LIGANDO COMUNIDADES ALTO ALEGRE AO CAMPESTRE</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE PRAÇA NO BAIRRO BACURI</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM GINÁSIO POLIESPORTIVO NO BAIRRO BACURI</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A PROGRAMAÇÃO DE PAGAMENTO DE PROFESSORES E DEMAIS SERVIDORES DO MUNICÍPIO REFERENTE AOS MESES DE JANEIRO A DEZEMBRO ATÉ O DIA 30 DE CADA MÊS </t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ILUMINAÇÃO PÚBLICA DA CIDADE DE PALMEIRAIS</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDÊNCIAS PARA QUE SEJA TAMPADO BURACO NA RODOVIA PI-130 À ALTURA DA LADEIRA DO POVOADO VITÓRIA</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UMA SUB-DELEGACIA NO POVOADO RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CONSTRUÇÃO DE BUEIRA COM CORREÇÃO DA ÁREA, NA RUA ABRIGO DOS INUNDADOS, BAIRRO BOA VISTA QUE DAR ACESSO A RODOVIÁRIA </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA PRAÇA NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM CONSULTÓRIO ODONTOLÓGICO NO POSTO DE SAÚDE DA COMUNIDADE TRANQUEIRA</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA E A AMPLIAÇÃO DA ESCOLA NA COMUNIDADE TRANQUEIRA</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM SETOR PARA ATENDER AS RECLAMAÇÕES DA POPULAÇÃO NAS ÁREAS DA ILUMINAÇÃO E LIMPEZA PÚBLICA</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA COLOCAR PIÇARRA NAS RUAS COMUNIDADE TRANQUEIRA</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA MURADO O CEMITÉRIO DA COMUNIDADE TRANQUEIRA</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO TRAVES DE FERRO NO CAMPO DE FUTEBOL DA COMUNIDADE TRANQUEIRA,BEM ROÇO DO MESMO</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DA ESTRADA VICINAL LIGANDO A COMUNIDADE SPUTINIK AO DESERTO</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VOTO DE PESAR PELO FALECIMENTO DO SR. ENOQUE TEIXEIRA E SILVA</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA QUE SEJA TAMPADO BURACOS NO ASFALTO DA RODOVIA PI-130 COMO TAMBÉM ROÇO DA MESMA NA EXTENSÃO DE PALMEIRAIS À TERESINA</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS NA AVENIDA GALIANA, UM NO INICIO E OUTRO NO FINAL DA REFERIDA AVENIDA DO POVOADO RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA AS LÂMPADAS NA ILUMINAÇÃO PÚBLICA NO POVOADO RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCA A SECRETARIA MUNICIPAL DE EDUCAÇÃO PARA JUNTO A ESTE PODER PRESTAR ESCLARECIMENTOS SOBRE AÇÕES ADMINISTRATIVAS DESENVOLVIDAS PELA A MESMA EM NOSSO MUNICÍPIO COMO GESTORA DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA VOTO DE PESAR PELO FALECIMENTO DA SRA. MARIA DAS MERCÊS DOS SANTOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -723,68 +723,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="201.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>