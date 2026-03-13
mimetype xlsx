--- v0 (2026-01-26)
+++ v1 (2026-03-13)
@@ -51,423 +51,423 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO OBRIGATÓRIA PELOS PODERES ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO DIRETA E INDIRETA DA CÂMARA DE PALMEIRAIS/PI, DO PLANO DE CONTAS, DAS DEMONSTRAÇÕES CONTÁBEIS APLICADAS AO SETOR PÚBLICO E DOS PROCEDIMENTOS CONTÁBEIS PATRIMONIAIS E ESPECÍFICOS, A QUE SE REFERE À PORTARIA STN N.OS 406/2011 E ALTERAÇÕES POSTERIORES_x000D_
 ATRAVÉS DAS PORTARIAS STN Nº 828/2011 E 231/2012, DEFINE CRONOGRAMA DE IMPLEMENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO DE ÁREA PARA USO DE INTERESSE SOCIAL NO MUNICÍPIO DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAL1)EL)TÁRIAS PARA O EXERCÍCIO FIL)AL)CEIRO DE 2.013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO PODER EXECUTIVO MUNICIPAL DE PALMEIRAIS, PARA A LEGISLATURA DE 2013 A 2016, NOS TERMOS DO ART. 29, INCISO V, DA CONSTITUIÇÃO FEDERAL, DO ART.21, PARAGRAFO ÚNICO, DA LEI Nº 101/2000 (LRF) E LEI ORGÂNICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO PODER LEGISLATIVO MUNICIPAL DE PALMEIRAIS, PARA A LEGISLATURA DE 2013 A 2016, NOS TERMOS DOS ARTS. 27, § 2º, E 29, VI, ALÍNEA "F", DA CONSTITUIÇÃO FEDERAL, DO ART. 21, PARAGRAFO ÚNICO, DA LEI Nº 101/2000 (LRF) LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CONCESSÃO DE COMPLEMENTAÇÃO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DA REMUNERAÇÃO DOS VEREADORES E MEMBROS DA MESA DIRETORA DE ACORDO COM A EMENDA CONSTITUCIONAL N° 19 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS NO SENTIDO DE RECUPERAR O TRECHO DA ESTRADA VICINAL QUE_x000D_
 LIGA O PI-130 AO POVOADO SACO DA ONÇA</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR PRESIDENTE DA ELETROBRÁS, QUE SEJA SUBSTITUIDO O TRANSFORMADOR BIFÁSICO DO POVOADO BREGINHO</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO EXPEDIENTE AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO PROVIDENCIAS NO SENTIDO DE RECUPERAR O TRECHO DA ESTRADA VICINAL QUE LIGA O BAÍRRO BACURÍ DA NOSSA CIDADE AO POVOADO NEGA VELHA, VACA PIADA,CABECEIRAS, CAJUEIRO INDO ATÉ O POVOADO BURITIR GRANDE.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. PREFEITO MUNICIPAL QUE SEJA FEITO O COMPLEMENTO DO CALÇAMENTO NA RUA TRAVESSA BACURI</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. PREFEITO MUNICIPAL QUE SEJA FEITO O COMPLEMENTO DO CALÇAMENTO NA RUA DA TRAVESSA CHAFARI NO BAIRRO BACURI</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES REQUEREM QUE SEJA ENCAMINHADO VOTO DE PESAR PELO FALECIMENTO DO SR. JOSÉ CARVALHO</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA ENCAMINHADO EXPEDIENTE A EXMA. SRA. PROMOTORA DE JUSTIÇA, SOLICITANDO PROVIDENCIAS </t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS NO SENTIDO DE RECUPERAR O TRECHO DA ESTRADA VICINAL QUE LIGA O BAÍRRO BACURÍ DA NOSSA CIDADE AO POVOADO NEGA VELHA, VACA IADA,CABECEIRAS, CAJUEIRO INDO ATÉ O POVOADO BURITIR GRANDE.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS NO SENTIDO DE RECUPERAR O TRECHO DA ESTRADA VICINAL QUE_x000D_
 LIGA A PI-130 AO POVOADO SACO DA ONÇA</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS NO SENTIDO DE LIMPAR, MANTER E CONSERVAR A CACHOEIRA DO_x000D_
 CORRENTE.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA RETIRADA GAMBIARRAS DAS RUAS DO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADA PIÇARA NAS RUAS ONDE NÃO TEM CALÇAMENTO_x000D_
 NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER. LEÃO NETO SOLICITA QUE SEJA REFORMADA AS ESTRADAS VICINAIS ABAIXO RELACIONADAS:_x000D_
 &amp;#8226; BOA NOVA A MORROS_x000D_
 &amp;#8226; MORROS A RIACHO DOS NEGROS_x000D_
 &amp;#8226; MORRO A CAFUNDÓ_x000D_
 &amp;#8226; ASSENTAMENTO RENASCER AO ASSENTAMENTO FRUTEIRAS</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ver. Alberone Borges</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER. ALBERONE BORGES, SOLICITA QUE O PODER EXECUTIVO ENCAMINHE COM MAIOR URGÊNCIA POSSÍVEL A ESTE PODER, PROJETO DE LEI DE AUMENTO DOS SALÁRIOS DOS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER. ALBERONE BORGES, SOLICITAO QUE O PODER EXECUTIVO ENCAMINHE COM MAIOR URGÊNCIA POSSÍVEL A ESTE PODER, PROJETO DE LEI DE AUMENTO DOS SERVIDORES DO MUNICÍPIO DE PALMEIRAIS</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER. GABRIEL NUNES, SOLICITA QUE SEJA ENCAMINHADO A ESTE PODER, PROJETO DE LEI ADEQUANDO O MUNICÍPIO DE PALMEIRAIS A LEI DA FICHA LIMPA</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITA QUE SEJA INFORMADO A ESTE PODER O NOME DO SERVIDOR OU PRESTADOR DE_x000D_
 SERVIÇO HABILITADO, RESPONSÁVEL PELA FISCALIZAÇÃO, MEDIÇÃO E CERTIFICAÇÃO DA_x000D_
 QUALIDADE DOS SERVIÇOS DE CONSTRUÇÕES CIVIL REALIZADA SOBRE A RESPONSABILIDADE_x000D_
 MUNICIPAL.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITA QUE SEJA FEITO PINTURA E SINALIZAÇÃO E CONSTRUÇÃO DE MAIS 03(TRÊS) QUEBRA MOLAS NO POVOADO RIACHO DOS NEGROS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITANDO QUE SEJA CONCLUÍDO CALÇAMENTO NA AVENIDA PRINCIPAL DO POVOADO SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VEREADOR SOLICITA QUE SEJA CONCLUÍDA A AMPLIAÇÃO DO SISTEMA DE ABASTECIMENTO D'ÁGUA NA SEDE DO MUNICÍPIO E CONSTRUÇÃO DE UM RESERVATÓRIO NAS PROXIMIDADES DO CAMPO DE FUTEBOL DO PALMEIRAS </t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITANDO QUE O, PODER EXECUTIVO ELABORE E ENCAMINHE PROJETO DE LEI QUE ALTERA O VENCIMENTO DOS AGENTES DE SAÚDE DO MUNICÍPIO DE PALMEIRAIS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITA QUE SEJA AMPLIADO A COLETA DE LIXO DO POVOADO RIACHO DOS NEGROS, PROLONGANDO ATÉ O POVOADO CASTELHANO PASSANDO PELO POVOADO BREJINHO.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITA QUE SEJA COLOCADA AS LÂMPADAS NA ILUMINAÇÃO PÚBLICA NOS POVOADOS RIACHO DOS NEGROS E CALUMBI.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR SOLICITA QUE SEJA IMPLANTADO O 1° ANO E POR CONSEQÜÊNCIA 2° E 3° ANO DO ENSINO MÉDIO NA UNIDADE ESCOLAR ANGÉLICA RIBEIRO BORGES,NO POVOADO RIACHO DOS NEGROS NESTE MUNICÍPIO,</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -774,68 +774,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>