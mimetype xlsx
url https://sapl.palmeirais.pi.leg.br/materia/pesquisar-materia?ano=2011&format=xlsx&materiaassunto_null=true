--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -51,531 +51,531 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>JULGA AS CONTAS REFERENTES À GESTÃO ECONÔMICO, FINANCEIRA, PATRIMONIAL, OPERACIONAL E CONTÁBIL DO EXERCÍCIO FINANCEIRO DE 2007 DE RESPONSABILIDADE DO CHEFE DO EXECUTIVO MUNICIPAL DE PALMEIRAIS - PI.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI FEDERAL DE Nº 11.738, DE 16 DE JULHO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL SUSTENTÁVEL DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE E DA CONFERÊNCIA MUNICIPAL DA JUVENTUDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA TRANSFERÊNCIA POR DOAÇÃO DE TERRAS DO PATRIMÔNIO DO MUNICÍPIO DE PALMEIRAIS PARA O ESTADO DO PIAUÍ/SECRETARIA DE ESTADO DA EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONGELAMENTO DE VANTAGENS DOS PROFESSORES PREVISTAS NA LEI MUNICIPAL Nº 010/2004 DE 09 DE AGOSTO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 18, DE 21 DE AGOSTO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO ESPECIAL DE INQUÉRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO USO DO PALETÓ E GRAVATA NO PLENÁRIO DA CÂMARA MUNICIPAL DE PALMEIRAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INTERLIGADO O SISTEMA DE ABASTECIMENTO D&amp;#8217;AGUA DO POVOADO RIACHO DOS NEGROS AO SISTEMA DE ABASTECIMENTO D&amp;#8217;ÁGUA DO POVOADO VITÓRIA</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADA UMA CRECHE NO POVOADO CRUZINHA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER. ALBERONE BORGES SOLICITA AO SR. PREFEITO QUE SEJA COLOCADO NA PROGRAMAÇÃO DE OBRAS DA PREFEITURA A CONSTRUÇÃO DE UM GINÁSIO POLIESPORTIVO NA COMUNIDADE RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA AUTORIZADO CURSOS PROFISSIONALIZANTES E CAPACITAÇÕES PARA AS ASSOCIAÇÕES COMUNITÁRIAS</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA RETIRADO TODAS AS GAMBIARRAS NO POVOADO RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOBRINHO SOLICITA QUE SEJA INSTALADO UM TRANSFORMADOR NO POVOADO BREJINHO </t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA 60(SESSENTA) DIAS DE LICENÇA PARA TRATAMENTO DE SAÚDE</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA CONSTRUÍDO UM CAMPO DE FUTEBOL NO POVOADO RIACHO DOS NEGROS PRÓXIMO AO CONJUNTO HABITACIONAL OTMAR WOLLYMAN</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO FINANCEIRO PARA PEQUENOS PRODUTORES PARA FAZEREM REFINANCIAMENTO DE DÍVIDA JUNTO AO BANCO DO NORDESTE</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA EDITADO DECRETO DENOMINANDO DE LUCÍDIO RIBEIRO DE SOUSA, O POSTO DE SAÚDE DO BAIRRO BACURI</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADORES SOLICITAM AO DIRETOR DO DER A MANUTENÇÃO ASFÁLTICA DA PI-130 NO TRECHO PALMEIRAIS &amp;#8211; TERESINA</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO CONTRATO DA PRESTADORA DE SERVIÇOS MARIA DO SOCORRO DE SOUSA MORAIS</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO CONTRATO DO MUNICÍPIO COM A EMPRESA EVIDÊNCIA CAR</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PRORROGAÇÃO DE LICENÇA PARA TRATAMENTO DE SAÚDE</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM RETIRADAS AS GAMBIARRAS E COLOCADA ILUMINAÇÃO PÚBLICA NA RUA PENEDO, NO BAIRRO BACURI</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA FAIXA DE PEDESTRE EM FRENTE AS ESCOLAS DA SEDE DO MUNICÍPIO </t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AUDIÊNCIA PÚBLICA PARA DISCUTIR A SEGURANÇA NO MUNICÍPIO DE PALMEIRAIS</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA VOTO DE PESAR PELO FALECIMENTO DA PROFª ROSA LIMA</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADORES SOLICITAM DO DIRETOR-PRESIDENTE DA AGESPISA QUE SEJA INTERLIGADO O SISTEMA DE ABASTECIMENTO D&amp;#8217;ÁGUA DO POVOADO CAFUNDÓ A COMUNIDADE BRAÇO</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADORES SOLICITAM DO DIRETOR-PRESIDENTE DA FUNASA QUE SEJA INTERLIGADO O SISTEMA DE ABASTECIMENTO D&amp;#8217;ÁGUA DO POVOADO CAFUNDÓ A COMUNIDADE BRAÇO</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA 120 (CENTO E VINTE) DIAS DE LICENÇA PARA TRATAMENTO DE SAÚDE</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE TODOS OS CONTRATOS DOS VEÍCULOS QUE PRESTAM SERVIÇOS PARA O MUNICÍPIO</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NO SENTIDO DE FAZER URBANIZAÇÃO NO PARQUE RODOVIÁRIO, NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA LOTADO UM DEFENSOR PÚBLICO NO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NO SENTIDO DE CONCLUIR O MURO DO CEMITÉRIO SANTA ROSA E RAMPA PARA DEFICIENTE FÍSICOS</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA RECUPERAR O TRECHO DA ESTRADA VICINAL QUE LIGA O POVOADO BREJINHO AO POVOADO TRANQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A PINTURA NA UNIDADE ESCOLAR TANCREDO OLIVEIRA NO POVOADO ESTADO UNIDOS</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA AUTORIZADO A INSTALAÇÃO DE UMA SESSÃO ELEITORAL NA UNIDADE ESCOLAR GONÇALO BARBOSA SOARES PARA ATENDER 120 FAMÍLIAS DO ASSENTAMENTO CORRENTE E ASSENTAMENTO PENICILINA NA ZONA RURAL DESTE MUNICÍPIO</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA AUTORIZADO A INSTALAÇÃO DE UMA SEÇÃO ELEITORAL NA UNIDADE ESCOLAR DO ASSENTAMENTO JOSÉ CONSTANCIO. </t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA DESLOCADO A REDE DE ALTA TENSÃO QUE ATUALMENTE PASSA POR CIMA DAS RESIDÊNCIAS NO POVOADO RIACHO DOS NEGROS E QUE NOVA REDE PASSE MARGINANDO A RODOVIA PI-130 DENTRO DO REFERIDO POVOADO.</t>
   </si>
   <si>
     <t>Alberone Almeida Borges</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADA UMA CRECHE NO POVOADO CALUMBI NO MUNICÍPIO DE PALMEIRAIS</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DA ILUMINAÇÃO PÚBLICA NO ASSENTAMENTO JOSÉ CONSTÂNCIO</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADA UMA CRECHE NO ASSENTAMENTO JOSÉ CONSTÂNCIO</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INCLUIDO NA PROGRAMAÇÃO DAS OBRAS DA PREFEITURA O CALÇAMENTO DA RUA PROFESSORA GERSONITA MATOS</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INCLUIDO NA PROGRAMAÇÃO DAS OBRAS DA PREFEITURA O CALÇAMENTO DA RUA TOMÉ SOARES DA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE AOS FINAIS DE SAMANA SEJA FEITO UMA ROTA NOS POVOADOS DA ZONA RURAL</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INCLUIDA NA PROGRAMAÇÃO DE OBRAS DA PREFEITURA DE PALMEIRAIS, A CONSTRUÇÃO DE UMA SALA DE AULA NA UNIDADE ESCOLAR ANGÉLICA RIBEIRO BORGES</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INSTALADO OS COMPUTADORES QUE SE ENCONTRAM NA UNIDADE ESCOLAR ANGÉLICA RIBEIRO BORGES DESDE AGOSTO DE 2008</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO REPRESENTANTE DA OI QUE SEJA FORNECIDA A DATA DA INSTALAÇÃO DA INTERNET BANDA LARGA NA COMUNIDADE RIACHO DOS NEGROS</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA 120 (CENTO E VINTE) DIAS DE LICENÇA PARA TRATAMENTO DE SAÚDE, A PARTIR DO DIA 27/11/2011 </t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR DO HOSPITAL ARISTIDES SARAIVA DE ALMEIDA CÓPIA DA FICHA DE FREQUÊNCIA REFERENTE AO MÊS DE JUNHO DO CORRENTE ANO</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
+    <t>http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR DO DER-PI QUE SEJA CONSTRUÍDO QUEBRA MOLAS COM DISTÂNCIA DE 50M UM PARA O OUTRO NA AV. LUIS DA COSTA VELOSO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -882,68 +882,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeirais.pi.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="225" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>